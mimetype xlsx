--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -504,261 +504,261 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>14006.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>12161.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>13040.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>15359.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>14050.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>10886.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>2697.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>2533.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>3368.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>3261.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>3049.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2570.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>979.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>947.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>1111.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>1408.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>1245.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
+        <v>17682.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>15641.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>17519.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>20028.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>18344.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>14461.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3"/>
       <c r="B17" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C17" s="4">
         <v>45657</v>
       </c>
-      <c r="C17" s="4">
+      <c r="D17" s="4">
         <v>45291</v>
       </c>
-      <c r="D17" s="4">
+      <c r="E17" s="4">
         <v>44926</v>
       </c>
-      <c r="E17" s="4">
+      <c r="F17" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="6">
+        <v>5412.0</v>
+      </c>
+      <c r="C18" s="6">
         <v>4608.0</v>
       </c>
-      <c r="C18" s="6">
+      <c r="D18" s="6">
         <v>5821.0</v>
       </c>
-      <c r="D18" s="6">
+      <c r="E18" s="6">
         <v>8359.0</v>
       </c>
-      <c r="E18" s="6">
+      <c r="F18" s="6">
         <v>7393.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4912.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="6">
+        <v>304.0</v>
+      </c>
+      <c r="C19" s="6">
         <v>352.0</v>
       </c>
-      <c r="C19" s="6">
+      <c r="D19" s="6">
         <v>1008.0</v>
       </c>
-      <c r="D19" s="6">
+      <c r="E19" s="6">
         <v>1253.0</v>
       </c>
-      <c r="E19" s="6">
+      <c r="F19" s="6">
         <v>1174.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>743.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="6">
+        <v>307.0</v>
+      </c>
+      <c r="C20" s="6">
         <v>505.0</v>
       </c>
-      <c r="C20" s="6">
+      <c r="D20" s="6">
         <v>502.0</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E20" s="6">
         <v>528.0</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F20" s="6">
         <v>393.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>239.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="8">
+        <v>6023.0</v>
+      </c>
+      <c r="C21" s="8">
         <v>5465.0</v>
       </c>
-      <c r="C21" s="8">
+      <c r="D21" s="8">
         <v>7331.0</v>
       </c>
-      <c r="D21" s="8">
+      <c r="E21" s="8">
         <v>10140.0</v>
       </c>
-      <c r="E21" s="8">
+      <c r="F21" s="8">
         <v>8960.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5894.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>