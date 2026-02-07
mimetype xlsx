--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -12,80 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cuenta de resultados" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Estructura de la cuenta de pérdidas y ganancias consolidada</t>
   </si>
   <si>
     <t>12 meses terminados</t>
   </si>
   <si>
     <t>Ingresos</t>
   </si>
   <si>
     <t>Costo de ingresos (COR)</t>
   </si>
   <si>
     <t>Beneficio bruto</t>
   </si>
   <si>
     <t>Investigación y desarrollo (I&amp;D)</t>
   </si>
   <si>
     <t>Ventas, generales y administrativas (SG&amp;A)</t>
   </si>
   <si>
     <t>Gastos de adquisición</t>
+  </si>
+  <si>
+    <t>Gastos de reestructuración</t>
+  </si>
+  <si>
+    <t>Deterioro del fondo de comercio</t>
+  </si>
+  <si>
+    <t>Ganancias por ventas de activos</t>
   </si>
   <si>
     <t>Gastos de reestructuración/otros</t>
   </si>
   <si>
     <t>Utilidad operativa</t>
   </si>
   <si>
     <t>Otros ingresos</t>
   </si>
   <si>
     <t>Otros gastos</t>
   </si>
   <si>
     <t>Otros ingresos (gastos), netos (OI&amp;E)</t>
   </si>
   <si>
     <t>Gastos por intereses y deudas</t>
   </si>
   <si>
     <t>Ingresos antes de impuestos sobre la renta</t>
   </si>
   <si>
     <t>Provisión para impuestos sobre la renta</t>
   </si>
@@ -527,94 +536,94 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F22"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F22" sqref="F22"/>
+      <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
@@ -694,238 +703,298 @@
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="6" t="s">
+      <c r="A13" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="8" t="s">
+      <c r="A14" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F14" s="9" t="e">
+      <c r="B14" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C14" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="10" t="s">
+      <c r="A16" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F16" s="7" t="e">
+      <c r="B16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="6" t="s">
+      <c r="A18" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="8" t="s">
+      <c r="A19" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F19" s="9" t="e">
+      <c r="B19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
-      <c r="A20" s="6" t="s">
+      <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F20" s="7" t="e">
+      <c r="B20" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="12" t="s">
+      <c r="A21" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F21" s="9" t="e">
+      <c r="B21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="13"/>
-[...3 lines deleted...]
-      <c r="F22" s="13"/>
+      <c r="B22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C24" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">