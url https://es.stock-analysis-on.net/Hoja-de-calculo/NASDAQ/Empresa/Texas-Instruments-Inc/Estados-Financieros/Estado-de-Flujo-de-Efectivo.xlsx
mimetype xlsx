--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,122 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Estado de flujos de efectivo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Estado de flujos de efectivo consolidado</t>
   </si>
   <si>
     <t>US$ en millones</t>
   </si>
   <si>
     <t>12 meses terminados</t>
   </si>
   <si>
     <t>Utilidad neta</t>
   </si>
   <si>
     <t>Depreciación</t>
   </si>
   <si>
     <t>Amortización de intangibles relacionados con adquisiciones</t>
   </si>
   <si>
     <t>Amortización de software capitalizado</t>
   </si>
   <si>
     <t>Compensación de acciones</t>
   </si>
   <si>
-    <t>Ganancia por ventas de activos</t>
+    <t>(Ganancias) pérdidas en la venta de activos</t>
   </si>
   <si>
     <t>Impuestos diferidos</t>
   </si>
   <si>
     <t>Cuentas por cobrar</t>
   </si>
   <si>
     <t>Inventarios</t>
   </si>
   <si>
     <t>Gastos pagados por adelantado y otros activos corrientes</t>
   </si>
   <si>
     <t>Cuentas por pagar y gastos devengados</t>
   </si>
   <si>
     <t>Compensación devengada</t>
   </si>
   <si>
     <t>Impuestos sobre la renta a pagar</t>
   </si>
   <si>
     <t>Aumento (disminución) de los cambios en el capital operativo</t>
   </si>
   <si>
     <t>Cambios en el estado de los fondos de los planes de jubilación</t>
   </si>
   <si>
     <t>Otro</t>
   </si>
   <si>
     <t>Ajustes a la utilidad neta</t>
   </si>
   <si>
     <t>Flujos de efectivo de las actividades operativas</t>
   </si>
   <si>
     <t>Gastos de capital</t>
+  </si>
+  <si>
+    <t>Ingresos de los incentivos de la Ley de Ciencia y CHIPS de EE. UU. (Ley CHIPS)</t>
   </si>
   <si>
     <t>Ingresos por ventas de activos</t>
   </si>
   <si>
     <t>Compras de inversiones a corto plazo</t>
   </si>
   <si>
     <t>Ingresos procedentes de inversiones a corto plazo</t>
   </si>
   <si>
     <t>Flujos de efectivo de las actividades de inversión</t>
   </si>
   <si>
     <t>Ingresos procedentes de la emisión de deuda a largo plazo</t>
   </si>
   <si>
     <t>Amortización de deudas</t>
   </si>
   <si>
     <t>Dividendos pagados</t>
   </si>
   <si>
     <t>Recompra de acciones</t>
   </si>
@@ -587,99 +590,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F42"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F42" sqref="F42"/>
+      <selection activeCell="F43" sqref="F43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
@@ -1080,105 +1083,105 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C29" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D29" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E29" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F29" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="7" t="e">
-[...31 lines deleted...]
-      <c r="F31" s="11" t="e">
+      <c r="B31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F31" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="32" spans="1:6">
-      <c r="A32" s="6" t="s">
+      <c r="A32" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B32" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F32" s="7" t="e">
+      <c r="B32" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C32" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D32" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E32" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F32" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C33" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D33" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E33" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F33" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="6" t="s">
@@ -1220,157 +1223,177 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F36" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B37" s="7" t="e">
-[...31 lines deleted...]
-      <c r="F38" s="11" t="e">
+      <c r="B38" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C38" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D38" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E38" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F38" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="39" spans="1:6">
-      <c r="A39" s="14" t="s">
+      <c r="A39" s="13" t="s">
         <v>34</v>
       </c>
       <c r="B39" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" s="6" t="s">
+      <c r="A40" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="B40" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F40" s="7" t="e">
+      <c r="B40" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C40" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D40" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E40" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F40" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="41" spans="1:6">
-      <c r="A41" s="14" t="s">
+      <c r="A41" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="B41" s="11" t="e">
-[...11 lines deleted...]
-      <c r="F41" s="11" t="e">
+      <c r="B41" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C41" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D41" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E41" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F41" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="42" spans="1:6">
-      <c r="A42" s="15" t="s">
+      <c r="A42" s="14" t="s">
         <v>37</v>
       </c>
-      <c r="B42" s="15"/>
-[...3 lines deleted...]
-      <c r="F42" s="15"/>
+      <c r="B42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B43" s="15"/>
+      <c r="C43" s="15"/>
+      <c r="D43" s="15"/>
+      <c r="E43" s="15"/>
+      <c r="F43" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">