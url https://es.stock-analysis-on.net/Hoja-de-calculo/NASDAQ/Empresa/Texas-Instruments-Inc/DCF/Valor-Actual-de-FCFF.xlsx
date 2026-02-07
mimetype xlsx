--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>Pronóstico de flujo de caja libre para la empresa (FCFF)</t>
   </si>
   <si>
     <t>US$ en millones, excepto datos por acción</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFF(t) o TV(t)</t>
   </si>
   <si>
-    <t>Valor actual en 16.27%</t>
+    <t>Valor actual en 16.64%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco del capital Texas Instruments Inc.</t>
   </si>
@@ -1002,63 +1002,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12"/>
       <c r="B6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="15">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="15">
         <v>45657</v>
       </c>
-      <c r="D6" s="15">
+      <c r="E6" s="15">
         <v>45291</v>
       </c>
-      <c r="E6" s="15">
+      <c r="F6" s="15">
         <v>44926</v>
       </c>
-      <c r="F6" s="15">
+      <c r="G6" s="15">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>