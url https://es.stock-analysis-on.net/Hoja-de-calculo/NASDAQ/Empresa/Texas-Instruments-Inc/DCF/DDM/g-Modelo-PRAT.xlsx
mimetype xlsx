--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -549,298 +549,298 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G23" sqref="G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D4" s="5">
         <v>45657</v>
       </c>
-      <c r="D4" s="5">
+      <c r="E4" s="5">
         <v>45291</v>
       </c>
-      <c r="E4" s="5">
+      <c r="F4" s="5">
         <v>44926</v>
       </c>
-      <c r="F4" s="5">
+      <c r="G4" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="34.8">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="8">
+        <v>4999.0</v>
+      </c>
+      <c r="D6" s="8">
         <v>4795.0</v>
       </c>
-      <c r="D6" s="8">
+      <c r="E6" s="8">
         <v>4557.0</v>
       </c>
-      <c r="E6" s="8">
+      <c r="F6" s="8">
         <v>4297.0</v>
       </c>
-      <c r="F6" s="8">
+      <c r="G6" s="8">
         <v>3886.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3426.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="8">
+        <v>5001.0</v>
+      </c>
+      <c r="D7" s="8">
         <v>4799.0</v>
       </c>
-      <c r="D7" s="8">
+      <c r="E7" s="8">
         <v>6510.0</v>
       </c>
-      <c r="E7" s="8">
+      <c r="F7" s="8">
         <v>8749.0</v>
       </c>
-      <c r="F7" s="8">
+      <c r="G7" s="8">
         <v>7769.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5595.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="8">
+        <v>17682.0</v>
+      </c>
+      <c r="D8" s="8">
         <v>15641.0</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>17519.0</v>
       </c>
-      <c r="E8" s="8">
+      <c r="F8" s="8">
         <v>20028.0</v>
       </c>
-      <c r="F8" s="8">
+      <c r="G8" s="8">
         <v>18344.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>14461.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="8">
+        <v>34585.0</v>
+      </c>
+      <c r="D9" s="8">
         <v>35509.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>32348.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>27207.0</v>
       </c>
-      <c r="F9" s="8">
+      <c r="G9" s="8">
         <v>24676.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>19351.0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8">
+        <v>16273.0</v>
+      </c>
+      <c r="D10" s="8">
         <v>16903.0</v>
       </c>
-      <c r="D10" s="8">
+      <c r="E10" s="8">
         <v>16897.0</v>
       </c>
-      <c r="E10" s="8">
+      <c r="F10" s="8">
         <v>14577.0</v>
       </c>
-      <c r="F10" s="8">
+      <c r="G10" s="8">
         <v>13333.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9187.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="9">
         <v>0.0</v>
       </c>
       <c r="D12" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="E12" s="9">
         <v>0.3</v>
       </c>
-      <c r="E12" s="9">
+      <c r="F12" s="9">
         <v>0.51</v>
       </c>
-      <c r="F12" s="9">
+      <c r="G12" s="9">
         <v>0.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.39</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="10">
+        <v>0.2828</v>
+      </c>
+      <c r="D13" s="10">
         <v>0.3068</v>
       </c>
-      <c r="D13" s="10">
+      <c r="E13" s="10">
         <v>0.3716</v>
       </c>
-      <c r="E13" s="10">
+      <c r="F13" s="10">
         <v>0.4368</v>
       </c>
-      <c r="F13" s="10">
+      <c r="G13" s="10">
         <v>0.4235</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3869</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="9">
+        <v>0.51</v>
+      </c>
+      <c r="D14" s="9">
         <v>0.44</v>
       </c>
-      <c r="D14" s="9">
+      <c r="E14" s="9">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.74</v>
       </c>
       <c r="F14" s="9">
         <v>0.74</v>
       </c>
       <c r="G14" s="9">
-        <v>0.75</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="9">
+        <v>2.13</v>
+      </c>
+      <c r="D15" s="9">
         <v>2.1</v>
       </c>
-      <c r="D15" s="9">
+      <c r="E15" s="9">
         <v>1.91</v>
       </c>
-      <c r="E15" s="9">
+      <c r="F15" s="9">
         <v>1.87</v>
       </c>
-      <c r="F15" s="9">
+      <c r="G15" s="9">
         <v>1.85</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.11</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9">
-        <v>0.34</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="10">
-        <v>0.3851</v>
+        <v>0.3643</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="9">
-        <v>0.64</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="9">
         <v>1.97</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="12">
-        <v>0.1651</v>
+        <v>0.1119</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>