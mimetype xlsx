--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -510,51 +510,51 @@
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="5">
         <v>45975</v>
       </c>
       <c r="B5" s="6">
         <v>51.93</v>
       </c>
       <c r="C5" s="6">
         <v>0.0</v>
       </c>
       <c r="D5" s="6">
         <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0</v>
+        <v>33.86</v>
       </c>
       <c r="F5" s="6">
         <v>0.0</v>
       </c>
       <c r="G5" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5">
         <v>45616</v>
       </c>
       <c r="B6" s="6">
         <v>29.62</v>
       </c>
       <c r="C6" s="6">
         <v>33.58</v>
       </c>
       <c r="D6" s="6">
         <v>28.0</v>
       </c>
       <c r="E6" s="6">
         <v>50.81</v>
       </c>
       <c r="F6" s="6">