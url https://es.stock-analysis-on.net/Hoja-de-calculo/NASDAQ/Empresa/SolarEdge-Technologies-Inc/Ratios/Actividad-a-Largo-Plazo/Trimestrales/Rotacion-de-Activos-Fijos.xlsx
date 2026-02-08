--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1355,60 +1355,60 @@
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>2.91</v>
       </c>
       <c r="C23" s="13">
         <v>3.11</v>
       </c>
       <c r="D23" s="13">
         <v>3.3</v>
       </c>
       <c r="E23" s="13">
         <v>3.49</v>
       </c>
       <c r="F23" s="13">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>4.37</v>
+        <v>0.0</v>
       </c>
       <c r="H23" s="13">
-        <v>4.56</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="13">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="13">
         <v>0.0</v>
       </c>
       <c r="K23" s="13">
         <v>0.0</v>
       </c>
       <c r="L23" s="13">
         <v>0.0</v>
       </c>
       <c r="M23" s="13">
         <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>