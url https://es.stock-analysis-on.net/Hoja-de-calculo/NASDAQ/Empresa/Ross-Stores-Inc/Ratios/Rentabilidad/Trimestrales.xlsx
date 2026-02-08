--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1496,60 +1496,60 @@
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.4624</v>
       </c>
       <c r="C13" s="8">
         <v>0.4553</v>
       </c>
       <c r="D13" s="8">
         <v>0.4473</v>
       </c>
       <c r="E13" s="8">
         <v>0.4381</v>
       </c>
       <c r="F13" s="8">
         <v>0.4304</v>
       </c>
       <c r="G13" s="8">
         <v>0.4265</v>
       </c>
       <c r="H13" s="8">
         <v>0.4214</v>
       </c>
       <c r="I13" s="8">
-        <v>0.4203</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="8">
-        <v>0.4131</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="8">
-        <v>0.4068</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.4001</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
@@ -2172,60 +2172,60 @@
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0476</v>
       </c>
       <c r="C13" s="8">
         <v>0.0329</v>
       </c>
       <c r="D13" s="8">
         <v>0.0254</v>
       </c>
       <c r="E13" s="8">
         <v>0.0238</v>
       </c>
       <c r="F13" s="8">
         <v>0.0258</v>
       </c>
       <c r="G13" s="8">
         <v>0.0315</v>
       </c>
       <c r="H13" s="8">
         <v>0.0412</v>
       </c>
       <c r="I13" s="8">
-        <v>0.053</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="8">
-        <v>0.0618</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="8">
-        <v>0.0668</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0663</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
@@ -2848,60 +2848,60 @@
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0362</v>
       </c>
       <c r="C13" s="8">
         <v>0.0243</v>
       </c>
       <c r="D13" s="8">
         <v>0.0082</v>
       </c>
       <c r="E13" s="8">
         <v>-0.0053</v>
       </c>
       <c r="F13" s="8">
         <v>0.0225</v>
       </c>
       <c r="G13" s="8">
         <v>0.0239</v>
       </c>
       <c r="H13" s="8">
         <v>0.0448</v>
       </c>
       <c r="I13" s="8">
-        <v>0.071</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="8">
-        <v>0.0573</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="8">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0642</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
@@ -3524,60 +3524,60 @@
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.1097</v>
       </c>
       <c r="C13" s="8">
         <v>0.0775</v>
       </c>
       <c r="D13" s="8">
         <v>0.0278</v>
       </c>
       <c r="E13" s="8">
         <v>-0.0186</v>
       </c>
       <c r="F13" s="8">
         <v>0.0824</v>
       </c>
       <c r="G13" s="8">
         <v>0.0883</v>
       </c>
       <c r="H13" s="8">
         <v>0.1598</v>
       </c>
       <c r="I13" s="8">
-        <v>0.2413</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="8">
-        <v>0.2178</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="8">
-        <v>0.2564</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.2604</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
@@ -4200,60 +4200,60 @@
       <c r="A13" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="8">
         <v>0.0412</v>
       </c>
       <c r="C13" s="8">
         <v>0.0274</v>
       </c>
       <c r="D13" s="8">
         <v>0.0092</v>
       </c>
       <c r="E13" s="8">
         <v>-0.0059</v>
       </c>
       <c r="F13" s="8">
         <v>0.0264</v>
       </c>
       <c r="G13" s="8">
         <v>0.0277</v>
       </c>
       <c r="H13" s="8">
         <v>0.0521</v>
       </c>
       <c r="I13" s="8">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="8">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="8">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>