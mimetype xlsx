--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -897,60 +897,60 @@
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>8.41</v>
       </c>
       <c r="C13" s="13">
         <v>8.0099999999999998</v>
       </c>
       <c r="D13" s="13">
         <v>8.49</v>
       </c>
       <c r="E13" s="13">
         <v>8.4</v>
       </c>
       <c r="F13" s="13">
         <v>7.8</v>
       </c>
       <c r="G13" s="13">
         <v>7.3</v>
       </c>
       <c r="H13" s="13">
         <v>7.9</v>
       </c>
       <c r="I13" s="13">
-        <v>8.34</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>8.69</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>10.9</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>