--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1414,108 +1414,108 @@
       </c>
       <c r="R20" s="13">
         <v>100.0</v>
       </c>
       <c r="S20" s="13">
         <v>106.0</v>
       </c>
       <c r="T20" s="13">
         <v>99.0</v>
       </c>
       <c r="U20" s="13">
         <v>105.0</v>
       </c>
       <c r="V20" s="13">
         <v>96.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
         <v>0.0</v>
       </c>
       <c r="C21" s="13">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="D21" s="13">
         <v>240.0</v>
       </c>
       <c r="E21" s="13">
         <v>251.0</v>
       </c>
       <c r="F21" s="13">
         <v>254.0</v>
       </c>
       <c r="G21" s="13">
         <v>252.0</v>
       </c>
       <c r="H21" s="13">
         <v>241.0</v>
       </c>
       <c r="I21" s="13">
         <v>229.0</v>
       </c>
       <c r="J21" s="13">
         <v>228.0</v>
       </c>
       <c r="K21" s="13">
         <v>225.0</v>
       </c>
       <c r="L21" s="13">
         <v>222.0</v>
       </c>
       <c r="M21" s="13">
         <v>215.0</v>
       </c>
       <c r="N21" s="13">
         <v>190.0</v>
       </c>
       <c r="O21" s="13">
         <v>161.0</v>
       </c>
       <c r="P21" s="13">
         <v>143.0</v>
       </c>
       <c r="Q21" s="13">
         <v>133.0</v>
       </c>
       <c r="R21" s="13">
         <v>127.0</v>
       </c>
       <c r="S21" s="13">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="U21" s="13">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="V21" s="13">
-        <v>127.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14"/>
       <c r="O22" s="14"/>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="14"/>
       <c r="T22" s="14"/>