--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2065,108 +2065,108 @@
       </c>
       <c r="R21" s="8">
         <v>3.63</v>
       </c>
       <c r="S21" s="8">
         <v>3.44</v>
       </c>
       <c r="T21" s="8">
         <v>3.69</v>
       </c>
       <c r="U21" s="8">
         <v>3.47</v>
       </c>
       <c r="V21" s="8">
         <v>3.81</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="D22" s="8">
         <v>1.52</v>
       </c>
       <c r="E22" s="8">
         <v>1.45</v>
       </c>
       <c r="F22" s="8">
         <v>1.44</v>
       </c>
       <c r="G22" s="8">
         <v>1.45</v>
       </c>
       <c r="H22" s="8">
         <v>1.51</v>
       </c>
       <c r="I22" s="8">
         <v>1.59</v>
       </c>
       <c r="J22" s="8">
         <v>1.6</v>
       </c>
       <c r="K22" s="8">
         <v>1.63</v>
       </c>
       <c r="L22" s="8">
         <v>1.65</v>
       </c>
       <c r="M22" s="8">
         <v>1.7</v>
       </c>
       <c r="N22" s="8">
         <v>1.92</v>
       </c>
       <c r="O22" s="8">
         <v>2.27</v>
       </c>
       <c r="P22" s="8">
         <v>2.56</v>
       </c>
       <c r="Q22" s="8">
         <v>2.74</v>
       </c>
       <c r="R22" s="8">
         <v>2.88</v>
       </c>
       <c r="S22" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>2.88</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
       <c r="O23" s="10"/>
       <c r="P23" s="10"/>
       <c r="Q23" s="10"/>
       <c r="R23" s="10"/>
       <c r="S23" s="10"/>
       <c r="T23" s="10"/>
@@ -2963,108 +2963,108 @@
       </c>
       <c r="R19" s="8">
         <v>5.94</v>
       </c>
       <c r="S19" s="8">
         <v>5.23</v>
       </c>
       <c r="T19" s="8">
         <v>5.03</v>
       </c>
       <c r="U19" s="8">
         <v>5.44</v>
       </c>
       <c r="V19" s="8">
         <v>5.65</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="8">
         <v>0.0</v>
       </c>
       <c r="C20" s="8">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="D20" s="8">
         <v>9.42</v>
       </c>
       <c r="E20" s="8">
         <v>7.94</v>
       </c>
       <c r="F20" s="8">
         <v>7.78</v>
       </c>
       <c r="G20" s="8">
         <v>7.98</v>
       </c>
       <c r="H20" s="8">
         <v>8.19</v>
       </c>
       <c r="I20" s="8">
         <v>7.62</v>
       </c>
       <c r="J20" s="8">
         <v>11.89</v>
       </c>
       <c r="K20" s="8">
         <v>8.1</v>
       </c>
       <c r="L20" s="8">
         <v>9.029999999999999</v>
       </c>
       <c r="M20" s="8">
         <v>6.87</v>
       </c>
       <c r="N20" s="8">
         <v>6.63</v>
       </c>
       <c r="O20" s="8">
         <v>7.35</v>
       </c>
       <c r="P20" s="8">
         <v>7.89</v>
       </c>
       <c r="Q20" s="8">
         <v>8.46</v>
       </c>
       <c r="R20" s="8">
         <v>9.27</v>
       </c>
       <c r="S20" s="8">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="8">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="U20" s="8">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="V20" s="8">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
       <c r="O21" s="10"/>
       <c r="P21" s="10"/>
       <c r="Q21" s="10"/>
       <c r="R21" s="10"/>
       <c r="S21" s="10"/>
       <c r="T21" s="10"/>
@@ -4133,108 +4133,108 @@
       </c>
       <c r="R24" s="8">
         <v>1.36</v>
       </c>
       <c r="S24" s="8">
         <v>1.37</v>
       </c>
       <c r="T24" s="8">
         <v>1.38</v>
       </c>
       <c r="U24" s="8">
         <v>1.06</v>
       </c>
       <c r="V24" s="8">
         <v>0.67</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="8">
         <v>0.0</v>
       </c>
       <c r="C25" s="8">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="D25" s="8">
         <v>1.6</v>
       </c>
       <c r="E25" s="8">
         <v>1.39</v>
       </c>
       <c r="F25" s="8">
         <v>1.51</v>
       </c>
       <c r="G25" s="8">
         <v>1.37</v>
       </c>
       <c r="H25" s="8">
         <v>1.29</v>
       </c>
       <c r="I25" s="8">
         <v>1.22</v>
       </c>
       <c r="J25" s="8">
         <v>1.21</v>
       </c>
       <c r="K25" s="8">
         <v>1.48</v>
       </c>
       <c r="L25" s="8">
         <v>1.46</v>
       </c>
       <c r="M25" s="8">
         <v>1.47</v>
       </c>
       <c r="N25" s="8">
         <v>1.61</v>
       </c>
       <c r="O25" s="8">
         <v>1.81</v>
       </c>
       <c r="P25" s="8">
         <v>1.84</v>
       </c>
       <c r="Q25" s="8">
         <v>1.87</v>
       </c>
       <c r="R25" s="8">
         <v>1.65</v>
       </c>
       <c r="S25" s="8">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="8">
-        <v>1.87</v>
+        <v>0.0</v>
       </c>
       <c r="V25" s="8">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:22">
       <c r="A26" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="10"/>
       <c r="J26" s="10"/>
       <c r="K26" s="10"/>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
       <c r="N26" s="10"/>
       <c r="O26" s="10"/>
       <c r="P26" s="10"/>
       <c r="Q26" s="10"/>
       <c r="R26" s="10"/>
       <c r="S26" s="10"/>
       <c r="T26" s="10"/>
@@ -5099,108 +5099,108 @@
       </c>
       <c r="R20" s="9">
         <v>100.0</v>
       </c>
       <c r="S20" s="9">
         <v>106.0</v>
       </c>
       <c r="T20" s="9">
         <v>99.0</v>
       </c>
       <c r="U20" s="9">
         <v>105.0</v>
       </c>
       <c r="V20" s="9">
         <v>96.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="9">
         <v>0.0</v>
       </c>
       <c r="C21" s="9">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="D21" s="9">
         <v>240.0</v>
       </c>
       <c r="E21" s="9">
         <v>251.0</v>
       </c>
       <c r="F21" s="9">
         <v>254.0</v>
       </c>
       <c r="G21" s="9">
         <v>252.0</v>
       </c>
       <c r="H21" s="9">
         <v>241.0</v>
       </c>
       <c r="I21" s="9">
         <v>229.0</v>
       </c>
       <c r="J21" s="9">
         <v>228.0</v>
       </c>
       <c r="K21" s="9">
         <v>225.0</v>
       </c>
       <c r="L21" s="9">
         <v>222.0</v>
       </c>
       <c r="M21" s="9">
         <v>215.0</v>
       </c>
       <c r="N21" s="9">
         <v>190.0</v>
       </c>
       <c r="O21" s="9">
         <v>161.0</v>
       </c>
       <c r="P21" s="9">
         <v>143.0</v>
       </c>
       <c r="Q21" s="9">
         <v>133.0</v>
       </c>
       <c r="R21" s="9">
         <v>127.0</v>
       </c>
       <c r="S21" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="9">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="U21" s="9">
-        <v>117.0</v>
+        <v>0.0</v>
       </c>
       <c r="V21" s="9">
-        <v>127.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
       <c r="O22" s="10"/>
       <c r="P22" s="10"/>
       <c r="Q22" s="10"/>
       <c r="R22" s="10"/>
       <c r="S22" s="10"/>
       <c r="T22" s="10"/>
@@ -5929,108 +5929,108 @@
       </c>
       <c r="R18" s="9">
         <v>61.0</v>
       </c>
       <c r="S18" s="9">
         <v>70.0</v>
       </c>
       <c r="T18" s="9">
         <v>72.0</v>
       </c>
       <c r="U18" s="9">
         <v>67.0</v>
       </c>
       <c r="V18" s="9">
         <v>65.0</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="9">
         <v>0.0</v>
       </c>
       <c r="C19" s="9">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="D19" s="9">
         <v>39.0</v>
       </c>
       <c r="E19" s="9">
         <v>46.0</v>
       </c>
       <c r="F19" s="9">
         <v>47.0</v>
       </c>
       <c r="G19" s="9">
         <v>46.0</v>
       </c>
       <c r="H19" s="9">
         <v>45.0</v>
       </c>
       <c r="I19" s="9">
         <v>48.0</v>
       </c>
       <c r="J19" s="9">
         <v>31.0</v>
       </c>
       <c r="K19" s="9">
         <v>45.0</v>
       </c>
       <c r="L19" s="9">
         <v>40.0</v>
       </c>
       <c r="M19" s="9">
         <v>53.0</v>
       </c>
       <c r="N19" s="9">
         <v>55.0</v>
       </c>
       <c r="O19" s="9">
         <v>50.0</v>
       </c>
       <c r="P19" s="9">
         <v>46.0</v>
       </c>
       <c r="Q19" s="9">
         <v>43.0</v>
       </c>
       <c r="R19" s="9">
         <v>39.0</v>
       </c>
       <c r="S19" s="9">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="U19" s="9">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="V19" s="9">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
       <c r="R20" s="10"/>
       <c r="S20" s="10"/>
       <c r="T20" s="10"/>