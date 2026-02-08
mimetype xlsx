--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -895,66 +895,66 @@
       </c>
       <c r="B21" s="7">
         <v>178.0</v>
       </c>
       <c r="C21" s="7">
         <v>176.0</v>
       </c>
       <c r="D21" s="7">
         <v>214.0</v>
       </c>
       <c r="E21" s="7">
         <v>164.0</v>
       </c>
       <c r="F21" s="7">
         <v>159.0</v>
       </c>
       <c r="G21" s="7">
         <v>141.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="7">
-        <v>0.0</v>
+        <v>272.0</v>
       </c>
       <c r="C22" s="7">
         <v>292.0</v>
       </c>
       <c r="D22" s="7">
         <v>262.0</v>
       </c>
       <c r="E22" s="7">
         <v>196.0</v>
       </c>
       <c r="F22" s="7">
         <v>151.0</v>
       </c>
       <c r="G22" s="7">
-        <v>173.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="7">
         <v>0.0</v>
       </c>
       <c r="C24" s="7">
         <v>185.0</v>
       </c>
       <c r="D24" s="7">
         <v>190.0</v>
       </c>
       <c r="E24" s="7">
         <v>179.0</v>
       </c>
       <c r="F24" s="7">
         <v>153.0</v>