--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -824,51 +824,51 @@
       </c>
       <c r="C19" s="14">
         <v>0.29</v>
       </c>
       <c r="D19" s="14">
         <v>0.29</v>
       </c>
       <c r="E19" s="14">
         <v>0.0</v>
       </c>
       <c r="F19" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="14">
         <v>0.53</v>
       </c>
       <c r="C20" s="14">
         <v>0.5</v>
       </c>
       <c r="D20" s="14">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="14">
         <v>0.0</v>
       </c>
       <c r="F20" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="14">
         <v>0.55</v>
       </c>
       <c r="C21" s="14">
         <v>0.6</v>
       </c>
       <c r="D21" s="14">
         <v>0.57</v>
       </c>
       <c r="E21" s="14">
         <v>0.0</v>
       </c>
       <c r="F21" s="14">