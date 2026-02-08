--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -592,51 +592,51 @@
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="7">
-        <v>80.87</v>
+        <v>82.2</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="8">
         <v>4222162150.0</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
         <v>0.3146</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7">
         <v>2.6</v>
       </c>
@@ -661,217 +661,217 @@
       <c r="A13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>10.7</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>6.3</v>
       </c>
     </row>
     <row r="15" spans="1:9" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="10">
-        <v>31.09</v>
+        <v>31.61</v>
       </c>
       <c r="C16" s="10">
-        <v>30.33</v>
+        <v>29.57</v>
       </c>
       <c r="D16" s="10">
-        <v>5.55</v>
+        <v>5.64</v>
       </c>
       <c r="E16" s="10">
-        <v>28.039999999999999</v>
+        <v>27.68</v>
       </c>
       <c r="F16" s="10">
-        <v>32.28</v>
+        <v>33.27</v>
       </c>
       <c r="G16" s="10">
-        <v>14.99</v>
+        <v>15.52</v>
       </c>
       <c r="H16" s="10">
-        <v>32.97</v>
+        <v>32.41</v>
       </c>
       <c r="I16" s="10">
-        <v>30.010000000000002</v>
+        <v>29.51</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="10">
-        <v>23.65</v>
+        <v>24.039999999999999</v>
       </c>
       <c r="C17" s="10">
-        <v>23.7</v>
+        <v>23.11</v>
       </c>
       <c r="D17" s="10">
-        <v>4.98</v>
+        <v>5.07</v>
       </c>
       <c r="E17" s="10">
-        <v>22.13</v>
+        <v>21.84</v>
       </c>
       <c r="F17" s="10">
-        <v>28.98</v>
+        <v>29.86</v>
       </c>
       <c r="G17" s="10">
-        <v>14.75</v>
+        <v>15.27</v>
       </c>
       <c r="H17" s="10">
-        <v>27.26</v>
+        <v>26.8</v>
       </c>
       <c r="I17" s="10">
-        <v>25.93</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="10">
-        <v>0.99</v>
+        <v>1.0</v>
       </c>
       <c r="C18" s="10">
-        <v>1.09</v>
+        <v>1.06</v>
       </c>
       <c r="D18" s="10">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="E18" s="10">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
       <c r="F18" s="10">
-        <v>2.83</v>
+        <v>2.92</v>
       </c>
       <c r="G18" s="10">
-        <v>9.11</v>
+        <v>9.43</v>
       </c>
       <c r="H18" s="10">
-        <v>1.58</v>
+        <v>1.55</v>
       </c>
       <c r="I18" s="10">
-        <v>1.91</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="10">
-        <v>25.62</v>
+        <v>26.039999999999999</v>
       </c>
       <c r="C19" s="10">
-        <v>31.059999999999999</v>
+        <v>30.29</v>
       </c>
       <c r="D19" s="10">
-        <v>5.37</v>
+        <v>5.46</v>
       </c>
       <c r="E19" s="10">
-        <v>20.36</v>
+        <v>20.09</v>
       </c>
       <c r="F19" s="10">
-        <v>29.71</v>
+        <v>30.61</v>
       </c>
       <c r="G19" s="10">
-        <v>14.29</v>
+        <v>14.8</v>
       </c>
       <c r="H19" s="10">
-        <v>28.34</v>
+        <v>27.86</v>
       </c>
       <c r="I19" s="10">
-        <v>24.050000000000001</v>
+        <v>23.64</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
-        <v>7.56</v>
+        <v>7.68</v>
       </c>
       <c r="C20" s="10">
-        <v>9.95</v>
+        <v>9.7</v>
       </c>
       <c r="D20" s="10">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="E20" s="10">
-        <v>8.44</v>
+        <v>8.33</v>
       </c>
       <c r="F20" s="10">
-        <v>5.19</v>
+        <v>5.35</v>
       </c>
       <c r="G20" s="10">
-        <v>1.97</v>
+        <v>2.04</v>
       </c>
       <c r="H20" s="10">
-        <v>8.24</v>
+        <v>8.1</v>
       </c>
       <c r="I20" s="10">
-        <v>6.28</v>
+        <v>6.18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="10">
-        <v>12.83</v>
+        <v>13.039999999999999</v>
       </c>
       <c r="C21" s="10">
-        <v>9.65</v>
+        <v>9.41</v>
       </c>
       <c r="D21" s="10">
-        <v>1.15</v>
+        <v>1.16</v>
       </c>
       <c r="E21" s="10">
-        <v>7.8</v>
+        <v>7.7</v>
       </c>
       <c r="F21" s="10">
-        <v>4.3</v>
+        <v>4.43</v>
       </c>
       <c r="G21" s="10">
-        <v>1.69</v>
+        <v>1.75</v>
       </c>
       <c r="H21" s="10">
-        <v>8.81</v>
+        <v>8.66</v>
       </c>
       <c r="I21" s="10">
-        <v>7.06</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>