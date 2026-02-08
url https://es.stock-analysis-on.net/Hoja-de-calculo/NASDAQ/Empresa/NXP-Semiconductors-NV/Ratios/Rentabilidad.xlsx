--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1148,51 +1148,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.5751</v>
       </c>
       <c r="C21" s="7">
         <v>0.6067</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="7">
         <v>0.6747</v>
       </c>
       <c r="C22" s="7">
-        <v>0.641</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -1509,51 +1509,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2916</v>
       </c>
       <c r="C21" s="7">
         <v>0.2658</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="7">
         <v>0.4884</v>
       </c>
       <c r="C22" s="7">
-        <v>0.4076</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.283</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -1920,51 +1920,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2694</v>
       </c>
       <c r="C21" s="7">
         <v>0.2209</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="7">
         <v>0.4235</v>
       </c>
       <c r="C22" s="7">
-        <v>0.3869</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.2583</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2331,51 +2331,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.9088</v>
       </c>
       <c r="C21" s="7">
         <v>0.8554</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="7">
         <v>0.5827</v>
       </c>
       <c r="C22" s="7">
-        <v>0.609</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.2579</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2742,51 +2742,51 @@
       </c>
       <c r="B21" s="7">
         <v>0.2193</v>
       </c>
       <c r="C21" s="7">
         <v>0.146</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="7">
         <v>0.3148</v>
       </c>
       <c r="C22" s="7">
-        <v>0.2891</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.1362</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>