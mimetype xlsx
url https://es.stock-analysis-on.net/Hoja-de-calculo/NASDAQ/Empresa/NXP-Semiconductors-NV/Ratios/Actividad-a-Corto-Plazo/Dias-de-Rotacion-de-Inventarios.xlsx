--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -855,51 +855,51 @@
       </c>
       <c r="B20" s="12">
         <v>83.0</v>
       </c>
       <c r="C20" s="12">
         <v>102.0</v>
       </c>
       <c r="D20" s="12">
         <v>0.0</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>117.0</v>
       </c>
       <c r="C21" s="12">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="12">
         <v>104.0</v>
       </c>
       <c r="C23" s="12">
         <v>0.0</v>