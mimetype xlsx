--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1322,51 +1322,51 @@
       </c>
       <c r="B21" s="7">
         <v>4.42</v>
       </c>
       <c r="C21" s="7">
         <v>3.56</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="7">
         <v>3.12</v>
       </c>
       <c r="C22" s="7">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>3.51</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -1733,51 +1733,51 @@
       </c>
       <c r="B21" s="7">
         <v>15.16</v>
       </c>
       <c r="C21" s="7">
         <v>8.76</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="7">
         <v>10.78</v>
       </c>
       <c r="C22" s="7">
-        <v>10.23</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>7.48</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2144,51 +2144,51 @@
       </c>
       <c r="B21" s="7">
         <v>5.19</v>
       </c>
       <c r="C21" s="7">
         <v>4.12</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="7">
         <v>10.45</v>
       </c>
       <c r="C22" s="7">
-        <v>12.51</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
         <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="7">
         <v>7.03</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
@@ -2595,51 +2595,51 @@
       </c>
       <c r="B24" s="7">
         <v>4.13</v>
       </c>
       <c r="C24" s="7">
         <v>2.39</v>
       </c>
       <c r="D24" s="7">
         <v>0.0</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="7">
         <v>1.65</v>
       </c>
       <c r="C25" s="7">
-        <v>1.84</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="7">
         <v>0.0</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="7">
         <v>2.38</v>
       </c>
       <c r="C27" s="7">
         <v>0.0</v>
@@ -2986,51 +2986,51 @@
       </c>
       <c r="B20" s="8">
         <v>83.0</v>
       </c>
       <c r="C20" s="8">
         <v>102.0</v>
       </c>
       <c r="D20" s="8">
         <v>0.0</v>
       </c>
       <c r="E20" s="8">
         <v>0.0</v>
       </c>
       <c r="F20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="8">
         <v>117.0</v>
       </c>
       <c r="C21" s="8">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="8">
         <v>0.0</v>
       </c>
       <c r="E21" s="8">
         <v>0.0</v>
       </c>
       <c r="F21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="8">
         <v>104.0</v>
       </c>
       <c r="C23" s="8">
         <v>0.0</v>
@@ -3402,51 +3402,51 @@
       </c>
       <c r="B22" s="8">
         <v>107.0</v>
       </c>
       <c r="C22" s="8">
         <v>144.0</v>
       </c>
       <c r="D22" s="8">
         <v>0.0</v>
       </c>
       <c r="E22" s="8">
         <v>0.0</v>
       </c>
       <c r="F22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="8">
         <v>151.0</v>
       </c>
       <c r="C23" s="8">
-        <v>173.0</v>
+        <v>0.0</v>
       </c>
       <c r="D23" s="8">
         <v>0.0</v>
       </c>
       <c r="E23" s="8">
         <v>0.0</v>
       </c>
       <c r="F23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="8">
         <v>153.0</v>
       </c>
       <c r="C25" s="8">
         <v>0.0</v>
@@ -3793,51 +3793,51 @@
       </c>
       <c r="B20" s="8">
         <v>70.0</v>
       </c>
       <c r="C20" s="8">
         <v>89.0</v>
       </c>
       <c r="D20" s="8">
         <v>0.0</v>
       </c>
       <c r="E20" s="8">
         <v>0.0</v>
       </c>
       <c r="F20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="8">
         <v>35.0</v>
       </c>
       <c r="C21" s="8">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="8">
         <v>0.0</v>
       </c>
       <c r="E21" s="8">
         <v>0.0</v>
       </c>
       <c r="F21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="8">
         <v>52.0</v>
       </c>
       <c r="C23" s="8">
         <v>0.0</v>
@@ -4229,51 +4229,51 @@
       </c>
       <c r="B23" s="8">
         <v>37.0</v>
       </c>
       <c r="C23" s="8">
         <v>55.0</v>
       </c>
       <c r="D23" s="8">
         <v>0.0</v>
       </c>
       <c r="E23" s="8">
         <v>0.0</v>
       </c>
       <c r="F23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="8">
         <v>116.0</v>
       </c>
       <c r="C24" s="8">
-        <v>144.0</v>
+        <v>0.0</v>
       </c>
       <c r="D24" s="8">
         <v>0.0</v>
       </c>
       <c r="E24" s="8">
         <v>0.0</v>
       </c>
       <c r="F24" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="8">
         <v>101.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.0</v>