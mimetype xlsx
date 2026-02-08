--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1958,60 +1958,60 @@
       <c r="G25" s="7">
         <v>22.24</v>
       </c>
       <c r="H25" s="7">
         <v>18.13</v>
       </c>
       <c r="I25" s="7">
         <v>20.79</v>
       </c>
       <c r="J25" s="7">
         <v>18.079999999999998</v>
       </c>
       <c r="K25" s="7">
         <v>18.88</v>
       </c>
       <c r="L25" s="7">
         <v>16.050000000000001</v>
       </c>
       <c r="M25" s="7">
         <v>18.27</v>
       </c>
       <c r="N25" s="7">
         <v>19.010000000000002</v>
       </c>
       <c r="O25" s="7">
-        <v>20.38</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="7">
-        <v>23.61</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="7">
-        <v>25.25</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="7">
-        <v>27.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
     </row>
   </sheetData>
@@ -2988,60 +2988,60 @@
       <c r="G25" s="7">
         <v>19.75</v>
       </c>
       <c r="H25" s="7">
         <v>16.15</v>
       </c>
       <c r="I25" s="7">
         <v>18.24</v>
       </c>
       <c r="J25" s="7">
         <v>15.69</v>
       </c>
       <c r="K25" s="7">
         <v>16.29</v>
       </c>
       <c r="L25" s="7">
         <v>13.69</v>
       </c>
       <c r="M25" s="7">
         <v>15.53</v>
       </c>
       <c r="N25" s="7">
         <v>16.3</v>
       </c>
       <c r="O25" s="7">
-        <v>17.67</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="7">
-        <v>20.89</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="7">
-        <v>22.42</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="7">
-        <v>25.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
     </row>
   </sheetData>
@@ -4018,60 +4018,60 @@
       <c r="G25" s="7">
         <v>8.26</v>
       </c>
       <c r="H25" s="7">
         <v>7.11</v>
       </c>
       <c r="I25" s="7">
         <v>8.49</v>
       </c>
       <c r="J25" s="7">
         <v>7.65</v>
       </c>
       <c r="K25" s="7">
         <v>8.25</v>
       </c>
       <c r="L25" s="7">
         <v>7.1</v>
       </c>
       <c r="M25" s="7">
         <v>8.0</v>
       </c>
       <c r="N25" s="7">
         <v>8.24</v>
       </c>
       <c r="O25" s="7">
-        <v>8.63</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="7">
-        <v>9.82</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="7">
-        <v>10.13</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="7">
-        <v>10.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
     </row>
   </sheetData>
@@ -5048,60 +5048,60 @@
       <c r="G25" s="7">
         <v>8.57</v>
       </c>
       <c r="H25" s="7">
         <v>7.74</v>
       </c>
       <c r="I25" s="7">
         <v>10.029999999999999</v>
       </c>
       <c r="J25" s="7">
         <v>9.79</v>
       </c>
       <c r="K25" s="7">
         <v>11.33</v>
       </c>
       <c r="L25" s="7">
         <v>9.88</v>
       </c>
       <c r="M25" s="7">
         <v>11.12</v>
       </c>
       <c r="N25" s="7">
         <v>11.14</v>
       </c>
       <c r="O25" s="7">
-        <v>11.87</v>
+        <v>0.0</v>
       </c>
       <c r="P25" s="7">
-        <v>14.22</v>
+        <v>0.0</v>
       </c>
       <c r="Q25" s="7">
-        <v>15.22</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="7">
-        <v>16.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
     </row>
   </sheetData>