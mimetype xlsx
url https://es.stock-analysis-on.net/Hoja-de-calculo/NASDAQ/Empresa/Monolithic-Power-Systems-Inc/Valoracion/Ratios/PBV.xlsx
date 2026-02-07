--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -939,51 +939,51 @@
       </c>
       <c r="E23" s="9">
         <v>15.59</v>
       </c>
       <c r="F23" s="9">
         <v>24.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
         <v>9.86</v>
       </c>
       <c r="C24" s="9">
         <v>8.57</v>
       </c>
       <c r="D24" s="9">
         <v>11.33</v>
       </c>
       <c r="E24" s="9">
         <v>11.87</v>
       </c>
       <c r="F24" s="9">
-        <v>17.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="9">
         <v>9.25</v>
       </c>
       <c r="C26" s="9">
         <v>6.44</v>
       </c>
       <c r="D26" s="9">
         <v>5.18</v>
       </c>
       <c r="E26" s="9">
         <v>6.24</v>
       </c>
       <c r="F26" s="9">
         <v>0.0</v>