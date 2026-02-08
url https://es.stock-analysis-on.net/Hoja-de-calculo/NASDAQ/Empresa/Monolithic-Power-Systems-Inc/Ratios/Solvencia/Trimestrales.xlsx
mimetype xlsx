--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1824,60 +1824,60 @@
       <c r="G23" s="8">
         <v>0.66</v>
       </c>
       <c r="H23" s="8">
         <v>0.67</v>
       </c>
       <c r="I23" s="8">
         <v>0.7</v>
       </c>
       <c r="J23" s="8">
         <v>0.66</v>
       </c>
       <c r="K23" s="8">
         <v>0.6</v>
       </c>
       <c r="L23" s="8">
         <v>0.55</v>
       </c>
       <c r="M23" s="8">
         <v>0.51</v>
       </c>
       <c r="N23" s="8">
         <v>0.55</v>
       </c>
       <c r="O23" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="8">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
     </row>
   </sheetData>
@@ -2798,60 +2798,60 @@
       <c r="G24" s="8">
         <v>0.4</v>
       </c>
       <c r="H24" s="8">
         <v>0.4</v>
       </c>
       <c r="I24" s="8">
         <v>0.41</v>
       </c>
       <c r="J24" s="8">
         <v>0.4</v>
       </c>
       <c r="K24" s="8">
         <v>0.37</v>
       </c>
       <c r="L24" s="8">
         <v>0.35</v>
       </c>
       <c r="M24" s="8">
         <v>0.34</v>
       </c>
       <c r="N24" s="8">
         <v>0.36</v>
       </c>
       <c r="O24" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="P24" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="Q24" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="8">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
       <c r="F25" s="9"/>
       <c r="G25" s="9"/>
       <c r="H25" s="9"/>
       <c r="I25" s="9"/>
       <c r="J25" s="9"/>
       <c r="K25" s="9"/>
       <c r="L25" s="9"/>
       <c r="M25" s="9"/>
       <c r="N25" s="9"/>
       <c r="O25" s="9"/>
       <c r="P25" s="9"/>
       <c r="Q25" s="9"/>
       <c r="R25" s="9"/>
     </row>
   </sheetData>
@@ -3716,60 +3716,60 @@
       <c r="G23" s="8">
         <v>0.35</v>
       </c>
       <c r="H23" s="8">
         <v>0.35</v>
       </c>
       <c r="I23" s="8">
         <v>0.36</v>
       </c>
       <c r="J23" s="8">
         <v>0.35</v>
       </c>
       <c r="K23" s="8">
         <v>0.32</v>
       </c>
       <c r="L23" s="8">
         <v>0.3</v>
       </c>
       <c r="M23" s="8">
         <v>0.29</v>
       </c>
       <c r="N23" s="8">
         <v>0.31</v>
       </c>
       <c r="O23" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
     </row>
   </sheetData>
@@ -4634,60 +4634,60 @@
       <c r="G23" s="8">
         <v>1.91</v>
       </c>
       <c r="H23" s="8">
         <v>1.9</v>
       </c>
       <c r="I23" s="8">
         <v>1.94</v>
       </c>
       <c r="J23" s="8">
         <v>1.92</v>
       </c>
       <c r="K23" s="8">
         <v>1.87</v>
       </c>
       <c r="L23" s="8">
         <v>1.8</v>
       </c>
       <c r="M23" s="8">
         <v>1.75</v>
       </c>
       <c r="N23" s="8">
         <v>1.8</v>
       </c>
       <c r="O23" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="8">
-        <v>1.92</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="8">
-        <v>1.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
     </row>
   </sheetData>