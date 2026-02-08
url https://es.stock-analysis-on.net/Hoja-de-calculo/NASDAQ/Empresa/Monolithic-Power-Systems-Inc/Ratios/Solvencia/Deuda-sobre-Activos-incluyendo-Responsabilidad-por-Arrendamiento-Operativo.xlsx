--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -959,51 +959,51 @@
       </c>
       <c r="E25" s="13">
         <v>0.4</v>
       </c>
       <c r="F25" s="13">
         <v>0.46</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="13">
         <v>0.4</v>
       </c>
       <c r="C26" s="13">
         <v>0.36</v>
       </c>
       <c r="D26" s="13">
         <v>0.34</v>
       </c>
       <c r="E26" s="13">
         <v>0.33</v>
       </c>
       <c r="F26" s="13">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="13">
         <v>0.26</v>
       </c>
       <c r="C28" s="13">
         <v>0.27</v>
       </c>
       <c r="D28" s="13">
         <v>0.25</v>
       </c>
       <c r="E28" s="13">
         <v>0.27</v>
       </c>
       <c r="F28" s="13">
         <v>0.0</v>