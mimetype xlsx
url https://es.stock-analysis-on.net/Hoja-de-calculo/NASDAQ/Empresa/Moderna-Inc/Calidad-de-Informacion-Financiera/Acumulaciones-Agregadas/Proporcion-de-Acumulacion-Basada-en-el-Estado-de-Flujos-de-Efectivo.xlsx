--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -919,51 +919,51 @@
       </c>
       <c r="C22" s="14">
         <v>0.1846</v>
       </c>
       <c r="D22" s="14">
         <v>0.1318</v>
       </c>
       <c r="E22" s="14">
         <v>0.0</v>
       </c>
       <c r="F22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14">
         <v>0.1435</v>
       </c>
       <c r="C23" s="14">
         <v>0.1861</v>
       </c>
       <c r="D23" s="14">
-        <v>0.4924</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="14">
         <v>0.0</v>
       </c>
       <c r="F23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14">
         <v>0.038</v>
       </c>
       <c r="C24" s="14">
         <v>-0.0006</v>
       </c>
       <c r="D24" s="14">
         <v>0.3469</v>
       </c>
       <c r="E24" s="14">
         <v>0.0</v>
       </c>
       <c r="F24" s="14">