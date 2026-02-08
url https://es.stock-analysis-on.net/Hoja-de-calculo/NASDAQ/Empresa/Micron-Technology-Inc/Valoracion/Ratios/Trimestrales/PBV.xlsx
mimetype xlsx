--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1633,108 +1633,108 @@
       </c>
       <c r="R23" s="10">
         <v>18.72</v>
       </c>
       <c r="S23" s="10">
         <v>15.59</v>
       </c>
       <c r="T23" s="10">
         <v>19.65</v>
       </c>
       <c r="U23" s="10">
         <v>20.75</v>
       </c>
       <c r="V23" s="10">
         <v>24.98</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
         <v>0.0</v>
       </c>
       <c r="C24" s="10">
-        <v>0.0</v>
+        <v>12.35</v>
       </c>
       <c r="D24" s="10">
         <v>9.41</v>
       </c>
       <c r="E24" s="10">
         <v>10.61</v>
       </c>
       <c r="F24" s="10">
         <v>8.98</v>
       </c>
       <c r="G24" s="10">
         <v>9.86</v>
       </c>
       <c r="H24" s="10">
         <v>10.66</v>
       </c>
       <c r="I24" s="10">
         <v>10.52</v>
       </c>
       <c r="J24" s="10">
         <v>9.37</v>
       </c>
       <c r="K24" s="10">
         <v>8.57</v>
       </c>
       <c r="L24" s="10">
         <v>7.74</v>
       </c>
       <c r="M24" s="10">
         <v>10.029999999999999</v>
       </c>
       <c r="N24" s="10">
         <v>9.79</v>
       </c>
       <c r="O24" s="10">
         <v>11.33</v>
       </c>
       <c r="P24" s="10">
         <v>9.88</v>
       </c>
       <c r="Q24" s="10">
         <v>11.12</v>
       </c>
       <c r="R24" s="10">
         <v>11.14</v>
       </c>
       <c r="S24" s="10">
-        <v>11.87</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="10">
-        <v>14.22</v>
+        <v>0.0</v>
       </c>
       <c r="U24" s="10">
-        <v>15.22</v>
+        <v>0.0</v>
       </c>
       <c r="V24" s="10">
-        <v>16.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
       <c r="S25" s="15"/>
       <c r="T25" s="15"/>