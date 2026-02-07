--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -949,66 +949,66 @@
       </c>
       <c r="B22" s="9">
         <v>4.35</v>
       </c>
       <c r="C22" s="9">
         <v>4.93</v>
       </c>
       <c r="D22" s="9">
         <v>3.45</v>
       </c>
       <c r="E22" s="9">
         <v>2.85</v>
       </c>
       <c r="F22" s="9">
         <v>4.62</v>
       </c>
       <c r="G22" s="9">
         <v>6.2</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
-        <v>0.0</v>
+        <v>11.37</v>
       </c>
       <c r="C23" s="9">
         <v>10.65</v>
       </c>
       <c r="D23" s="9">
         <v>8.26</v>
       </c>
       <c r="E23" s="9">
         <v>8.25</v>
       </c>
       <c r="F23" s="9">
         <v>8.63</v>
       </c>
       <c r="G23" s="9">
-        <v>10.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="9">
         <v>0.0</v>
       </c>
       <c r="C25" s="9">
         <v>11.74</v>
       </c>
       <c r="D25" s="9">
         <v>8.26</v>
       </c>
       <c r="E25" s="9">
         <v>5.82</v>
       </c>
       <c r="F25" s="9">
         <v>6.25</v>