--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1658,60 +1658,60 @@
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>5.69</v>
       </c>
       <c r="C23" s="13">
         <v>5.72</v>
       </c>
       <c r="D23" s="13">
         <v>5.17</v>
       </c>
       <c r="E23" s="13">
         <v>4.7</v>
       </c>
       <c r="F23" s="13">
         <v>4.92</v>
       </c>
       <c r="G23" s="13">
         <v>5.09</v>
       </c>
       <c r="H23" s="13">
         <v>5.54</v>
       </c>
       <c r="I23" s="13">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="J23" s="13">
-        <v>5.63</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="13">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="13">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="13">
         <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
       <c r="R23" s="13">
         <v>0.0</v>
       </c>
       <c r="S23" s="13">
         <v>0.0</v>
       </c>
       <c r="T23" s="13">
         <v>0.0</v>
       </c>