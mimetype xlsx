--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1123,51 +1123,51 @@
       </c>
       <c r="D21" s="6">
         <v>2.14</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
         <v>0.0</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="6">
         <v>4.7</v>
       </c>
       <c r="C22" s="6">
         <v>5.33</v>
       </c>
       <c r="D22" s="6">
-        <v>4.28</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6">
         <v>0.0</v>
       </c>
       <c r="G22" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="6">
         <v>2.34</v>
       </c>
       <c r="C24" s="6">
         <v>2.47</v>
@@ -1655,51 +1655,51 @@
       </c>
       <c r="D25" s="6">
         <v>1.75</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6">
         <v>0.0</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="6">
         <v>3.67</v>
       </c>
       <c r="C26" s="6">
         <v>4.45</v>
       </c>
       <c r="D26" s="6">
-        <v>3.34</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6">
         <v>0.0</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="28.8">
       <c r="A27" s="13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="6">
         <v>1.62</v>
       </c>
       <c r="C28" s="6">
         <v>1.79</v>
@@ -2164,51 +2164,51 @@
       </c>
       <c r="D24" s="6">
         <v>1.29</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6">
         <v>0.0</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
         <v>3.04</v>
       </c>
       <c r="C25" s="6">
         <v>3.79</v>
       </c>
       <c r="D25" s="6">
-        <v>2.75</v>
+        <v>0.0</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6">
         <v>0.0</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="6">
         <v>1.15</v>
       </c>
       <c r="C27" s="6">
         <v>1.3</v>