--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1175,51 +1175,51 @@
       </c>
       <c r="L18" s="13">
         <v>65.0</v>
       </c>
       <c r="M18" s="13">
         <v>67.0</v>
       </c>
       <c r="N18" s="13">
         <v>63.0</v>
       </c>
       <c r="O18" s="13">
         <v>59.0</v>
       </c>
       <c r="P18" s="13">
         <v>60.0</v>
       </c>
       <c r="Q18" s="13">
         <v>57.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="13">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="C19" s="13">
         <v>44.0</v>
       </c>
       <c r="D19" s="13">
         <v>42.0</v>
       </c>
       <c r="E19" s="13">
         <v>42.0</v>
       </c>
       <c r="F19" s="13">
         <v>40.0</v>
       </c>
       <c r="G19" s="13">
         <v>43.0</v>
       </c>
       <c r="H19" s="13">
         <v>39.0</v>
       </c>
       <c r="I19" s="13">
         <v>36.0</v>
       </c>
       <c r="J19" s="13">
         <v>37.0</v>
       </c>