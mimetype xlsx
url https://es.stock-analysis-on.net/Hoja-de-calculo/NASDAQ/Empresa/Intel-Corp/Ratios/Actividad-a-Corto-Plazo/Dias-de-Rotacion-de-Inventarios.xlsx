--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -829,51 +829,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="12">
         <v>121.0</v>
       </c>
       <c r="C19" s="12">
         <v>137.0</v>
       </c>
       <c r="D19" s="12">
         <v>148.0</v>
       </c>
       <c r="E19" s="12">
         <v>124.0</v>
       </c>
       <c r="F19" s="12">
         <v>83.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C20" s="12">
         <v>252.0</v>
       </c>
       <c r="D20" s="12">
         <v>225.0</v>
       </c>
       <c r="E20" s="12">
         <v>161.0</v>
       </c>
       <c r="F20" s="12">
         <v>117.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.0</v>