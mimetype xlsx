--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       <c r="D11" s="11">
         <v>-0.1035</v>
       </c>
       <c r="E11" s="11">
         <v>-0.1476</v>
       </c>
       <c r="F11" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="14">
-        <v>0.4844</v>
+        <v>0.0</v>
       </c>
       <c r="C14" s="14">
         <v>0.0</v>
       </c>
       <c r="D14" s="14">
         <v>0.0</v>
       </c>
       <c r="E14" s="14">
         <v>0.0</v>
       </c>
       <c r="F14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="14">
         <v>0.1426</v>
       </c>
       <c r="C15" s="14">
         <v>0.0</v>
       </c>
       <c r="D15" s="14">