--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1532,60 +1532,60 @@
     </row>
     <row r="16" spans="1:20" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:20" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="8">
         <v>0.58</v>
       </c>
       <c r="C18" s="8">
         <v>0.62</v>
       </c>
       <c r="D18" s="8">
         <v>0.53</v>
       </c>
       <c r="E18" s="8">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="8">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
         <v>0.0</v>
       </c>
       <c r="J18" s="8">
         <v>0.0</v>
       </c>
       <c r="K18" s="8">
         <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
@@ -2418,60 +2418,60 @@
     </row>
     <row r="16" spans="1:20" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:20" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="8">
         <v>0.37</v>
       </c>
       <c r="C18" s="8">
         <v>0.38</v>
       </c>
       <c r="D18" s="8">
         <v>0.35</v>
       </c>
       <c r="E18" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="8">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
         <v>0.0</v>
       </c>
       <c r="J18" s="8">
         <v>0.0</v>
       </c>
       <c r="K18" s="8">
         <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
@@ -3242,60 +3242,60 @@
     </row>
     <row r="16" spans="1:20" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:20" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="8">
         <v>0.19</v>
       </c>
       <c r="C18" s="8">
         <v>0.19</v>
       </c>
       <c r="D18" s="8">
         <v>0.17</v>
       </c>
       <c r="E18" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="8">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="8">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="8">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="8">
         <v>0.0</v>
       </c>
       <c r="J18" s="8">
         <v>0.0</v>
       </c>
       <c r="K18" s="8">
         <v>0.0</v>
       </c>
       <c r="L18" s="8">
         <v>0.0</v>
       </c>
       <c r="M18" s="8">
         <v>0.0</v>
       </c>
       <c r="N18" s="8">
         <v>0.0</v>
       </c>
       <c r="O18" s="8">
         <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
@@ -3818,60 +3818,60 @@
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:20" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>3.12</v>
       </c>
       <c r="C13" s="8">
         <v>3.19</v>
       </c>
       <c r="D13" s="8">
         <v>3.07</v>
       </c>
       <c r="E13" s="8">
-        <v>3.04</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="8">
-        <v>3.17</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="8">
-        <v>3.14</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="8">
-        <v>3.13</v>
+        <v>0.0</v>
       </c>
       <c r="I13" s="8">
         <v>0.0</v>
       </c>
       <c r="J13" s="8">
         <v>0.0</v>
       </c>
       <c r="K13" s="8">
         <v>0.0</v>
       </c>
       <c r="L13" s="8">
         <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>