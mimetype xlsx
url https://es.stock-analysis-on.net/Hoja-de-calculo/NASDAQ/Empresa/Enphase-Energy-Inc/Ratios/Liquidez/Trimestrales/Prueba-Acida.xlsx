--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1594,60 +1594,60 @@
       <c r="B28" s="14">
         <v>3.12</v>
       </c>
       <c r="C28" s="14">
         <v>4.12</v>
       </c>
       <c r="D28" s="14">
         <v>4.24</v>
       </c>
       <c r="E28" s="14">
         <v>3.93</v>
       </c>
       <c r="F28" s="14">
         <v>3.67</v>
       </c>
       <c r="G28" s="14">
         <v>3.98</v>
       </c>
       <c r="H28" s="14">
         <v>4.13</v>
       </c>
       <c r="I28" s="14">
         <v>4.6</v>
       </c>
       <c r="J28" s="14">
-        <v>4.45</v>
+        <v>0.0</v>
       </c>
       <c r="K28" s="14">
-        <v>4.74</v>
+        <v>0.0</v>
       </c>
       <c r="L28" s="14">
-        <v>4.08</v>
+        <v>0.0</v>
       </c>
       <c r="M28" s="14">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
       <c r="N28" s="14">
         <v>0.0</v>
       </c>
       <c r="O28" s="14">
         <v>0.0</v>
       </c>
       <c r="P28" s="14">
         <v>0.0</v>
       </c>
       <c r="Q28" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="15"/>
       <c r="E29" s="15"/>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>