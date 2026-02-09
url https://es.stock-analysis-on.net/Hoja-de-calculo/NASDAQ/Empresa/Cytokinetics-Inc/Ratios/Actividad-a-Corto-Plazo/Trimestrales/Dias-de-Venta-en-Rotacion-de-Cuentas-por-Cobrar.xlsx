--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1301,60 +1301,60 @@
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="13">
         <v>156.0</v>
       </c>
       <c r="C19" s="13">
         <v>148.0</v>
       </c>
       <c r="D19" s="13">
         <v>151.0</v>
       </c>
       <c r="E19" s="13">
         <v>160.0</v>
       </c>
       <c r="F19" s="13">
         <v>148.0</v>
       </c>
       <c r="G19" s="13">
         <v>132.0</v>
       </c>
       <c r="H19" s="13">
         <v>107.0</v>
       </c>
       <c r="I19" s="13">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="J19" s="13">
-        <v>147.0</v>
+        <v>0.0</v>
       </c>
       <c r="K19" s="13">
-        <v>206.0</v>
+        <v>0.0</v>
       </c>
       <c r="L19" s="13">
-        <v>166.0</v>
+        <v>0.0</v>
       </c>
       <c r="M19" s="13">
         <v>0.0</v>
       </c>
       <c r="N19" s="13">
         <v>0.0</v>
       </c>
       <c r="O19" s="13">
         <v>0.0</v>
       </c>
       <c r="P19" s="13">
         <v>0.0</v>
       </c>
       <c r="Q19" s="13">
         <v>0.0</v>
       </c>
       <c r="R19" s="13">
         <v>0.0</v>
       </c>
       <c r="S19" s="13">
         <v>0.0</v>
       </c>
       <c r="T19" s="13">
         <v>0.0</v>
       </c>