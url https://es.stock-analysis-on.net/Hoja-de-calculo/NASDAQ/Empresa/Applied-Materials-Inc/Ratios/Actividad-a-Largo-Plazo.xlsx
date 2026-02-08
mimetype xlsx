--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1160,66 +1160,66 @@
       </c>
       <c r="B23" s="6">
         <v>8.16</v>
       </c>
       <c r="C23" s="6">
         <v>7.24</v>
       </c>
       <c r="D23" s="6">
         <v>6.34</v>
       </c>
       <c r="E23" s="6">
         <v>7.62</v>
       </c>
       <c r="F23" s="6">
         <v>6.62</v>
       </c>
       <c r="G23" s="6">
         <v>5.64</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="6">
-        <v>0.0</v>
+        <v>1.36</v>
       </c>
       <c r="C24" s="6">
         <v>1.29</v>
       </c>
       <c r="D24" s="6">
         <v>1.66</v>
       </c>
       <c r="E24" s="6">
         <v>2.74</v>
       </c>
       <c r="F24" s="6">
         <v>3.27</v>
       </c>
       <c r="G24" s="6">
-        <v>4.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="6">
         <v>0.0</v>
       </c>
       <c r="C26" s="6">
         <v>1.76</v>
       </c>
       <c r="D26" s="6">
         <v>1.6</v>
       </c>
       <c r="E26" s="6">
         <v>2.04</v>
       </c>
       <c r="F26" s="6">
         <v>2.23</v>
@@ -1600,66 +1600,66 @@
       </c>
       <c r="B20" s="6">
         <v>0.88</v>
       </c>
       <c r="C20" s="6">
         <v>0.71</v>
       </c>
       <c r="D20" s="6">
         <v>0.7</v>
       </c>
       <c r="E20" s="6">
         <v>0.9</v>
       </c>
       <c r="F20" s="6">
         <v>0.81</v>
       </c>
       <c r="G20" s="6">
         <v>0.66</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="C21" s="6">
         <v>0.44</v>
       </c>
       <c r="D21" s="6">
         <v>0.54</v>
       </c>
       <c r="E21" s="6">
         <v>0.74</v>
       </c>
       <c r="F21" s="6">
         <v>0.74</v>
       </c>
       <c r="G21" s="6">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="6">
         <v>0.0</v>
       </c>
       <c r="C23" s="6">
         <v>0.43</v>
       </c>
       <c r="D23" s="6">
         <v>0.43</v>
       </c>
       <c r="E23" s="6">
         <v>0.5</v>
       </c>
       <c r="F23" s="6">
         <v>0.53</v>
@@ -2040,66 +2040,66 @@
       </c>
       <c r="B20" s="6">
         <v>2.09</v>
       </c>
       <c r="C20" s="6">
         <v>1.48</v>
       </c>
       <c r="D20" s="6">
         <v>1.66</v>
       </c>
       <c r="E20" s="6">
         <v>2.45</v>
       </c>
       <c r="F20" s="6">
         <v>3.37</v>
       </c>
       <c r="G20" s="6">
         <v>3.87</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="6">
-        <v>0.0</v>
+        <v>1.09</v>
       </c>
       <c r="C21" s="6">
         <v>0.93</v>
       </c>
       <c r="D21" s="6">
         <v>1.04</v>
       </c>
       <c r="E21" s="6">
         <v>1.37</v>
       </c>
       <c r="F21" s="6">
         <v>1.38</v>
       </c>
       <c r="G21" s="6">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="6">
         <v>0.0</v>
       </c>
       <c r="C23" s="6">
         <v>0.79</v>
       </c>
       <c r="D23" s="6">
         <v>0.78</v>
       </c>
       <c r="E23" s="6">
         <v>0.89</v>
       </c>
       <c r="F23" s="6">
         <v>1.0</v>