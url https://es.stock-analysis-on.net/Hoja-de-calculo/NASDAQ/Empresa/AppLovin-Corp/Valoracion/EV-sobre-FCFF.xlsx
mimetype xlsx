--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -18,54 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FCFF" sheetId="1" r:id="rId4"/>
     <sheet name="Intereses pagados, netos de im…" sheetId="2" r:id="rId5"/>
     <sheet name="Relación EV a FCFF, corriente" sheetId="3" r:id="rId6"/>
     <sheet name="Relación entre EV y FCFF, hist…" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>FCFF, cálculo</t>
   </si>
   <si>
     <t>US$ en miles</t>
   </si>
   <si>
     <t>12 meses terminados</t>
   </si>
   <si>
     <t>Utilidad (pérdida) neta atribuible a AppLovin</t>
   </si>
   <si>
     <t>Pérdida neta atribuible a la participación no controladora</t>
   </si>
   <si>
     <t>Cargos netos no monetarios</t>
   </si>
   <si>
     <t>Cambios en los activos y pasivos operativos</t>
   </si>
   <si>
@@ -174,67 +171,58 @@
     <t>EV/FCFFsector</t>
   </si>
   <si>
     <t>Software y servicios</t>
   </si>
   <si>
     <t>EV/FCFFindustria</t>
   </si>
   <si>
     <t>Tecnología de la información</t>
   </si>
   <si>
     <t>EV/FCFF, cálculo, comparación con los índices de referencia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-C0A]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -297,90 +285,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -664,1072 +651,1052 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E17"/>
+  <dimension ref="A1:E15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E17" sqref="E17"/>
+      <selection activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:5">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+    </row>
     <row r="6" spans="1:5">
-      <c r="A6" t="s">
-        <v>3</v>
+      <c r="A6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1579776.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>356711.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>-192746.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>35446.0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="4" t="s">
-[...12 lines deleted...]
-        <v>44561</v>
+      <c r="A7" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>-201.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>-108.0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
-      <c r="A8" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="6">
+        <v>868774.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>913473.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>898159.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>610809.0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="6">
+        <v>-349539.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>-208674.0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>-292439.0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>-284296.0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="8">
+        <v>2099011.0</v>
+      </c>
+      <c r="C10" s="8">
+        <v>1061510.0</v>
+      </c>
+      <c r="D10" s="8">
+        <v>412773.0</v>
+      </c>
+      <c r="E10" s="8">
+        <v>361851.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="6">
+        <v>-297677.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>233226.0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>156068.0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>58526.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="8" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="6">
+        <v>-4776.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>-4246.0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>-662.0</v>
+      </c>
+      <c r="E12" s="6">
+        <v>-1390.0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="6">
+        <v>-20874.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>-113440.0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>-46108.0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>-20497.0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="6" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="8">
+        <v>1775685.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>1177050.0</v>
+      </c>
+      <c r="D14" s="8">
+        <v>522071.0</v>
+      </c>
+      <c r="E14" s="8">
+        <v>398490.0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
-      <c r="A15" s="6" t="s">
-[...16 lines deleted...]
-      <c r="A16" s="10" t="s">
+      <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="9" t="e">
-[...19 lines deleted...]
-      <c r="E17" s="11"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E14"/>
+  <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E14" sqref="E14"/>
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:5">
+      <c r="A2" s="2" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A6" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:5">
-[...3 lines deleted...]
-    </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="4" t="s">
-[...12 lines deleted...]
-        <v>44561</v>
+      <c r="A7" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="13">
+        <v>2.1</v>
+      </c>
+      <c r="C7" s="13">
+        <v>0.0627</v>
+      </c>
+      <c r="D7" s="13">
+        <v>0.0596</v>
+      </c>
+      <c r="E7" s="13">
+        <v>0.2369</v>
       </c>
     </row>
     <row r="8" spans="1:5" customHeight="1" ht="34.8">
-      <c r="A8" s="12" t="s">
-        <v>16</v>
+      <c r="A8" s="11" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="13" t="s">
-[...15 lines deleted...]
-    <row r="10" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A9" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="6">
+        <v>270615.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>248828.0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>165959.0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>76695.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
       <c r="A10" s="12" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="B10" s="6">
+        <v>568292.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>15602.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>9891.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>18169.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="13" t="s">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="8">
+        <v>-297677.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>233226.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>156068.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>58526.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="13" t="s">
-[...39 lines deleted...]
-      <c r="E14" s="11"/>
+      <c r="A12" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="10"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B32"/>
+  <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="B32" sqref="B32"/>
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...5 lines deleted...]
-      <c r="A4" s="3" t="s">
+    <row r="2" spans="1:2">
+      <c r="A2" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A4" s="11" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:2" customHeight="1" ht="34.8">
+    <row r="5" spans="1:2">
+      <c r="A5" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" s="6">
+        <v>140376859.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      <c r="A7" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="6">
+        <v>1775685.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A7" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="7" t="e">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="14">
+        <v>79.060000000000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A9" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" customHeight="1" ht="28.8">
+      <c r="A10" s="15" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="17">
+        <v>12.99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="17">
+        <v>10.92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="17">
+        <v>66.79000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="17">
+        <v>88.58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
+      <c r="A15" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="17">
+        <v>47.16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="17">
+        <v>23.02</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="17">
+        <v>19.8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2">
+      <c r="A18" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="17">
+        <v>40.77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2">
+      <c r="A19" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="17">
+        <v>192.53999999999999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2">
+      <c r="A20" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="17">
+        <v>279.31999999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2">
+      <c r="A21" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="17">
+        <v>31.16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2">
+      <c r="A22" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B22" s="17">
+        <v>13.81</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="17">
+        <v>22.11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" s="17">
+        <v>54.59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="A25" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25" s="17">
+        <v>16.59</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" customHeight="1" ht="28.8">
+      <c r="A26" s="15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2">
+      <c r="A27" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B27" s="17">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" customHeight="1" ht="28.8">
+      <c r="A28" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2">
+      <c r="A29" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="17">
+        <v>53.039999999999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2">
+      <c r="A30" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="7" t="e">
-[...176 lines deleted...]
-      <c r="B32" s="11"/>
+      <c r="B30" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E33"/>
+  <dimension ref="A1:E31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E33" sqref="E33"/>
+      <selection activeCell="E31" sqref="E31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:5">
+      <c r="A2" s="2" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="3" t="s">
-        <v>47</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A5" s="11" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="4"/>
-[...13 lines deleted...]
-    <row r="7" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A6" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="6">
+        <v>111877014.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>22957013.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>7279721.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>17446296.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
       <c r="A7" s="12" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      <c r="A8" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="6">
+        <v>1775685.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1177050.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>522071.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>398490.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A8" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="7" t="e">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="13" t="s">
+      <c r="A9" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="14">
+        <v>63.009999999999998</v>
+      </c>
+      <c r="C9" s="14">
+        <v>19.5</v>
+      </c>
+      <c r="D9" s="14">
+        <v>13.94</v>
+      </c>
+      <c r="E9" s="14">
+        <v>43.78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="34.8">
+      <c r="A10" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" customHeight="1" ht="28.8">
+      <c r="A11" s="15" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="17">
+        <v>25.76</v>
+      </c>
+      <c r="C12" s="17">
+        <v>20.26</v>
+      </c>
+      <c r="D12" s="17">
+        <v>16.99</v>
+      </c>
+      <c r="E12" s="17">
+        <v>24.76</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="17">
+        <v>21.98</v>
+      </c>
+      <c r="C13" s="17">
+        <v>37.75</v>
+      </c>
+      <c r="D13" s="17">
+        <v>20.82</v>
+      </c>
+      <c r="E13" s="17">
+        <v>33.61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="17">
+        <v>61.26</v>
+      </c>
+      <c r="C14" s="17">
+        <v>63.83</v>
+      </c>
+      <c r="D14" s="17">
+        <v>44.54</v>
+      </c>
+      <c r="E14" s="17">
+        <v>35.049999999999997</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="17">
+        <v>81.45999999999999</v>
+      </c>
+      <c r="C15" s="17">
+        <v>38.65</v>
+      </c>
+      <c r="D15" s="17">
+        <v>96.34999999999999</v>
+      </c>
+      <c r="E15" s="17">
+        <v>141.44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="17">
+        <v>52.45</v>
+      </c>
+      <c r="C16" s="17">
+        <v>68.76000000000001</v>
+      </c>
+      <c r="D16" s="17">
+        <v>66.0</v>
+      </c>
+      <c r="E16" s="17">
+        <v>198.40000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="17">
+        <v>20.11</v>
+      </c>
+      <c r="C17" s="17">
+        <v>15.27</v>
+      </c>
+      <c r="D17" s="17">
+        <v>16.47</v>
+      </c>
+      <c r="E17" s="17">
+        <v>13.1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="17">
+        <v>36.79</v>
+      </c>
+      <c r="C18" s="17">
+        <v>31.28</v>
+      </c>
+      <c r="D18" s="17">
+        <v>32.85</v>
+      </c>
+      <c r="E18" s="17">
+        <v>48.64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="17">
+        <v>41.7</v>
+      </c>
+      <c r="C19" s="17">
+        <v>39.61</v>
+      </c>
+      <c r="D19" s="17">
+        <v>30.26</v>
+      </c>
+      <c r="E19" s="17">
+        <v>36.19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="17">
+        <v>31.24</v>
+      </c>
+      <c r="C20" s="17">
+        <v>35.83</v>
+      </c>
+      <c r="D20" s="17">
+        <v>31.6</v>
+      </c>
+      <c r="E20" s="17">
+        <v>16.36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="17">
+        <v>251.61000000000001</v>
+      </c>
+      <c r="C21" s="17">
+        <v>69.13</v>
+      </c>
+      <c r="D21" s="17">
+        <v>82.97</v>
+      </c>
+      <c r="E21" s="17">
+        <v>66.45</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B22" s="17">
+        <v>34.69</v>
+      </c>
+      <c r="C22" s="17">
+        <v>28.15</v>
+      </c>
+      <c r="D22" s="17">
+        <v>29.3</v>
+      </c>
+      <c r="E22" s="17">
+        <v>32.74</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B23" s="17">
+        <v>29.95</v>
+      </c>
+      <c r="C23" s="17">
+        <v>28.41</v>
+      </c>
+      <c r="D23" s="17">
+        <v>35.97</v>
+      </c>
+      <c r="E23" s="17">
+        <v>44.91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" s="17">
+        <v>60.21</v>
+      </c>
+      <c r="C24" s="17">
+        <v>56.56</v>
+      </c>
+      <c r="D24" s="17">
+        <v>40.87</v>
+      </c>
+      <c r="E24" s="17">
+        <v>60.12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" s="17">
+        <v>56.95</v>
+      </c>
+      <c r="C25" s="17">
+        <v>55.87</v>
+      </c>
+      <c r="D25" s="17">
+        <v>30.82</v>
+      </c>
+      <c r="E25" s="17">
+        <v>38.59</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" s="17">
+        <v>32.57</v>
+      </c>
+      <c r="C26" s="17">
+        <v>33.4</v>
+      </c>
+      <c r="D26" s="17">
+        <v>45.74</v>
+      </c>
+      <c r="E26" s="17">
+        <v>57.52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="28.8">
+      <c r="A27" s="15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B28" s="17">
+        <v>38.23</v>
+      </c>
+      <c r="C28" s="17">
+        <v>34.89</v>
+      </c>
+      <c r="D28" s="17">
+        <v>28.82</v>
+      </c>
+      <c r="E28" s="17">
+        <v>32.020000000000003</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="28.8">
+      <c r="A29" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" s="17">
+        <v>39.079999999999998</v>
+      </c>
+      <c r="C30" s="17">
+        <v>33.99</v>
+      </c>
+      <c r="D30" s="17">
+        <v>26.34</v>
+      </c>
+      <c r="E30" s="17">
+        <v>27.38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="7" t="e">
-[...350 lines deleted...]
-      <c r="E33" s="11"/>
+      <c r="B31" s="10"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">