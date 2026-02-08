--- v0 (2025-12-04)
+++ v1 (2026-02-08)
@@ -12,51 +12,54 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Ratio de apalancamiento financ…" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+  <si>
+    <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
+  </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Ratio de apalancamiento financiero</t>
   </si>
   <si>
     <t>Datos trimestrales</t>
   </si>
   <si>
     <t>Datos financieros seleccionados (US$ en miles)</t>
   </si>
   <si>
     <t>Activos totales</t>
   </si>
   <si>
     <t>Capital contable (déficit)</t>
   </si>
   <si>
     <t>Ratio de solvencia</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
@@ -98,58 +101,67 @@
   <si>
     <t>Salesforce Inc.</t>
   </si>
   <si>
     <t>ServiceNow Inc.</t>
   </si>
   <si>
     <t>Synopsys Inc.</t>
   </si>
   <si>
     <t>Workday Inc.</t>
   </si>
   <si>
     <t>Fuente: https://es.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-C0A]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -221,86 +233,87 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="16">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -564,1063 +577,1068 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P28"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P28" sqref="P28"/>
+      <selection activeCell="P30" sqref="P30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:16">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:16">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:16">
-      <c r="A3" s="3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16">
-      <c r="A5" s="4"/>
-      <c r="B5" s="5">
+      <c r="A5" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="5"/>
+      <c r="B7" s="6">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="C7" s="6">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="D7" s="6">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="E7" s="6">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="F7" s="6">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="G7" s="6">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="H7" s="6">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="I7" s="6">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="J7" s="6">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="K7" s="6">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="L7" s="6">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="M7" s="6">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="N7" s="6">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="O7" s="6">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="P7" s="6">
         <v>44651</v>
       </c>
     </row>
-    <row r="6" spans="1:16" customHeight="1" ht="34.8">
-[...5 lines deleted...]
-      <c r="A7" s="7" t="s">
+    <row r="8" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="8">
-[...46 lines deleted...]
-      <c r="A8" s="7" t="s">
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="8">
-[...46 lines deleted...]
-      <c r="A9" s="6" t="s">
+      <c r="B9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="8" t="s">
         <v>6</v>
       </c>
-    </row>
-[...47 lines deleted...]
-        <v>3.06</v>
+      <c r="B10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P10" s="9" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="34.8">
-      <c r="A11" s="6" t="s">
+      <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:16" customHeight="1" ht="28.8">
-      <c r="A12" s="11" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P12" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A13" s="7" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="1:16">
-      <c r="A13" s="12" t="s">
+    <row r="14" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A14" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="13">
-[...46 lines deleted...]
-      <c r="A14" s="12" t="s">
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="13">
-[...46 lines deleted...]
-      <c r="A15" s="12" t="s">
+      <c r="B15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P15" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="13">
-[...46 lines deleted...]
-      <c r="A16" s="12" t="s">
+      <c r="B16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P16" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="13">
-[...46 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="B17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P17" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="13">
-[...46 lines deleted...]
-      <c r="A18" s="12" t="s">
+      <c r="B18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P18" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="13">
-[...46 lines deleted...]
-      <c r="A19" s="12" t="s">
+      <c r="B19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P19" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="13">
-[...46 lines deleted...]
-      <c r="A20" s="12" t="s">
+      <c r="B20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P20" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="B20" s="13">
-[...46 lines deleted...]
-      <c r="A21" s="12" t="s">
+      <c r="B21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P21" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="13">
-[...46 lines deleted...]
-      <c r="A22" s="12" t="s">
+      <c r="B22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P22" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="B22" s="13">
-[...46 lines deleted...]
-      <c r="A23" s="12" t="s">
+      <c r="B23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P23" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="B23" s="13">
-[...46 lines deleted...]
-      <c r="A24" s="12" t="s">
+      <c r="B24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P24" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B24" s="13">
-[...46 lines deleted...]
-      <c r="A25" s="12" t="s">
+      <c r="B25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P25" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B25" s="13">
-[...46 lines deleted...]
-      <c r="A26" s="12" t="s">
+      <c r="B26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P26" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B26" s="13">
-[...46 lines deleted...]
-      <c r="A27" s="12" t="s">
+      <c r="B27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P27" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="B27" s="13">
-[...46 lines deleted...]
-      <c r="A28" s="14" t="s">
+      <c r="B28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P28" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B28" s="14"/>
-[...13 lines deleted...]
-      <c r="P28" s="14"/>
+      <c r="B29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="I29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="L29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="M29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="N29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="P29" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B30" s="15"/>
+      <c r="C30" s="15"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="15"/>
+      <c r="F30" s="15"/>
+      <c r="G30" s="15"/>
+      <c r="H30" s="15"/>
+      <c r="I30" s="15"/>
+      <c r="J30" s="15"/>
+      <c r="K30" s="15"/>
+      <c r="L30" s="15"/>
+      <c r="M30" s="15"/>
+      <c r="N30" s="15"/>
+      <c r="O30" s="15"/>
+      <c r="P30" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">