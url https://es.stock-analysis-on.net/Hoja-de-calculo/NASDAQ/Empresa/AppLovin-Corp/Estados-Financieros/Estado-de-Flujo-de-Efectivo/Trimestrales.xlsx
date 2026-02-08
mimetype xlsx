--- v0 (2025-12-03)
+++ v1 (2026-02-08)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Estado de flujos de efectivo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Estado de flujos de efectivo consolidado</t>
   </si>
   <si>
     <t>Datos trimestrales</t>
   </si>
   <si>
     <t>US$ en miles</t>
   </si>
   <si>
     <t>3 meses terminados</t>
   </si>
   <si>
     <t>Utilidad (pérdida) neta</t>
   </si>
   <si>
     <t>Amortización, depreciación y pasos a pérdidas y ganancias</t>
   </si>
   <si>
     <t>Deterioro del fondo de comercio</t>
   </si>
   <si>
@@ -145,67 +142,58 @@
   </si>
   <si>
     <t>Efecto del tipo de cambio en el efectivo y equivalentes de efectivo</t>
   </si>
   <si>
     <t>Aumento neto (disminución) en efectivo y equivalentes de efectivo, incluido el efectivo clasificado dentro de los activos corrientes de operaciones discontinuadas</t>
   </si>
   <si>
     <t>Disminución neta del efectivo clasificado dentro de los activos corrientes de las operaciones interrumpidas</t>
   </si>
   <si>
     <t>Aumento (disminución) neto de efectivo y equivalentes de efectivo</t>
   </si>
   <si>
     <t>Fuente: https://es.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-C0A]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -259,90 +247,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="16">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -606,2279 +593,2274 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T43"/>
+  <dimension ref="A1:T41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T43" sqref="T43"/>
+      <selection activeCell="T41" sqref="T41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:20">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:20">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:20">
-      <c r="A5" s="4" t="s">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:20">
+      <c r="A6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44651</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44469</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44377</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44286</v>
+      </c>
+    </row>
     <row r="7" spans="1:20">
-      <c r="A7" t="s">
-        <v>4</v>
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7">
+        <v>835545.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>819531.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>576419.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>599204.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>434420.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>309969.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>236183.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>172233.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>108639.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>80357.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>-4518.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>-79512.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>23662.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>-21799.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>-115298.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>31407.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>142.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>14364.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>-10575.0</v>
       </c>
     </row>
     <row r="8" spans="1:20">
-      <c r="A8" s="5" t="s">
-[...57 lines deleted...]
-        <v>44286</v>
+      <c r="A8" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7">
+        <v>35102.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>47053.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>79887.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>127837.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>99635.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>108541.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>112667.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>119111.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>121797.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>119892.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>128208.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>101577.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>163830.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>152688.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>128989.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>115654.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>119436.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>107156.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>88817.0</v>
       </c>
     </row>
     <row r="9" spans="1:20">
-      <c r="A9" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D9" s="7">
+        <v>188943.0</v>
+      </c>
+      <c r="E9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S9" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T9" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:20">
-      <c r="A10" s="9" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7">
+        <v>33141.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>35745.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>61281.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>93833.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>81557.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>98724.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>95253.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>88049.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>110839.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>81253.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>82966.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>47669.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>42147.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>57156.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>44640.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>41349.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>34725.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>27144.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>29959.0</v>
       </c>
     </row>
     <row r="11" spans="1:20">
-      <c r="A11" s="9" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>-106229.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T11" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:20">
-      <c r="A12" s="9" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>27953.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
-      <c r="A13" s="9" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>1646.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>127892.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
-      <c r="A14" s="9" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="7">
+        <v>39270.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>33531.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>8086.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>31852.0</v>
+      </c>
+      <c r="F14" s="7">
+        <v>6929.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>1760.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>8540.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>11579.0</v>
+      </c>
+      <c r="J14" s="7">
+        <v>9367.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>3320.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>9139.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>6028.0</v>
+      </c>
+      <c r="N14" s="7">
+        <v>7687.0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>8359.0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>9497.0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>16153.0</v>
+      </c>
+      <c r="R14" s="7">
+        <v>3820.0</v>
+      </c>
+      <c r="S14" s="7">
+        <v>12164.0</v>
+      </c>
+      <c r="T14" s="7">
+        <v>14432.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="9" t="s">
-        <v>12</v>
-[...56 lines deleted...]
-        <v>#N/A</v>
+        <v>13</v>
+      </c>
+      <c r="B15" s="7">
+        <v>-35196.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>-124169.0</v>
+      </c>
+      <c r="D15" s="7">
+        <v>-167382.0</v>
+      </c>
+      <c r="E15" s="7">
+        <v>-229498.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-112345.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>-40349.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>-84836.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>-114483.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>-180067.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-32343.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>65614.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-35479.0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>24066.0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>6834.0</v>
+      </c>
+      <c r="P15" s="7">
+        <v>-170250.0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>-101949.0</v>
+      </c>
+      <c r="R15" s="7">
+        <v>-30118.0</v>
+      </c>
+      <c r="S15" s="7">
+        <v>-25964.0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>-43917.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="9" t="s">
-        <v>13</v>
-[...56 lines deleted...]
-        <v>#N/A</v>
+        <v>14</v>
+      </c>
+      <c r="B16" s="7">
+        <v>63783.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>72552.0</v>
+      </c>
+      <c r="D16" s="7">
+        <v>-51861.0</v>
+      </c>
+      <c r="E16" s="7">
+        <v>-218530.0</v>
+      </c>
+      <c r="F16" s="7">
+        <v>7038.0</v>
+      </c>
+      <c r="G16" s="7">
+        <v>-652.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>26813.0</v>
+      </c>
+      <c r="I16" s="7">
+        <v>-104484.0</v>
+      </c>
+      <c r="J16" s="7">
+        <v>-24356.0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>12421.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>-17549.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-6210.0</v>
+      </c>
+      <c r="N16" s="7">
+        <v>-48898.0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>27403.0</v>
+      </c>
+      <c r="P16" s="7">
+        <v>-53363.0</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>-43530.0</v>
+      </c>
+      <c r="R16" s="7">
+        <v>-12150.0</v>
+      </c>
+      <c r="S16" s="7">
+        <v>-69279.0</v>
+      </c>
+      <c r="T16" s="7">
+        <v>-18303.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
-      <c r="A17" s="10" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7">
+        <v>-36971.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>6495.0</v>
+      </c>
+      <c r="D17" s="7">
+        <v>32545.0</v>
+      </c>
+      <c r="E17" s="7">
+        <v>134010.0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>40122.0</v>
+      </c>
+      <c r="G17" s="7">
+        <v>-2603.0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>18056.0</v>
+      </c>
+      <c r="I17" s="7">
+        <v>90619.0</v>
+      </c>
+      <c r="J17" s="7">
+        <v>20220.0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>-21987.0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>9722.0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>11360.0</v>
+      </c>
+      <c r="N17" s="7">
+        <v>-21654.0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-97831.0</v>
+      </c>
+      <c r="P17" s="7">
+        <v>111604.0</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>49267.0</v>
+      </c>
+      <c r="R17" s="7">
+        <v>15409.0</v>
+      </c>
+      <c r="S17" s="7">
+        <v>24566.0</v>
+      </c>
+      <c r="T17" s="7">
+        <v>9370.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
-      <c r="A18" s="10" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="7">
+        <v>118748.0</v>
+      </c>
+      <c r="C18" s="7">
+        <v>-12283.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>103794.0</v>
+      </c>
+      <c r="E18" s="7">
+        <v>160649.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>-6654.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>-20863.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>-19897.0</v>
+      </c>
+      <c r="I18" s="7">
+        <v>53411.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>32627.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-13119.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>15080.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-10126.0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>-16358.0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-25999.0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>12462.0</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>-23336.0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>-6704.0</v>
+      </c>
+      <c r="S18" s="7">
+        <v>306.0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>-7964.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="10" t="s">
-        <v>16</v>
-[...56 lines deleted...]
-        <v>#N/A</v>
+        <v>17</v>
+      </c>
+      <c r="B19" s="11">
+        <v>110364.0</v>
+      </c>
+      <c r="C19" s="11">
+        <v>-57405.0</v>
+      </c>
+      <c r="D19" s="11">
+        <v>-82904.0</v>
+      </c>
+      <c r="E19" s="11">
+        <v>-153369.0</v>
+      </c>
+      <c r="F19" s="11">
+        <v>-71839.0</v>
+      </c>
+      <c r="G19" s="11">
+        <v>-64467.0</v>
+      </c>
+      <c r="H19" s="11">
+        <v>-59864.0</v>
+      </c>
+      <c r="I19" s="11">
+        <v>-74937.0</v>
+      </c>
+      <c r="J19" s="11">
+        <v>-151576.0</v>
+      </c>
+      <c r="K19" s="11">
+        <v>-55028.0</v>
+      </c>
+      <c r="L19" s="11">
+        <v>72867.0</v>
+      </c>
+      <c r="M19" s="11">
+        <v>-40455.0</v>
+      </c>
+      <c r="N19" s="11">
+        <v>-62844.0</v>
+      </c>
+      <c r="O19" s="11">
+        <v>-89593.0</v>
+      </c>
+      <c r="P19" s="11">
+        <v>-99547.0</v>
+      </c>
+      <c r="Q19" s="11">
+        <v>-119548.0</v>
+      </c>
+      <c r="R19" s="11">
+        <v>-33563.0</v>
+      </c>
+      <c r="S19" s="11">
+        <v>-70371.0</v>
+      </c>
+      <c r="T19" s="11">
+        <v>-60814.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
-      <c r="A20" s="10" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="11">
+        <v>217877.0</v>
+      </c>
+      <c r="C20" s="11">
+        <v>-47305.0</v>
+      </c>
+      <c r="D20" s="11">
+        <v>255293.0</v>
+      </c>
+      <c r="E20" s="11">
+        <v>101799.0</v>
+      </c>
+      <c r="F20" s="11">
+        <v>116282.0</v>
+      </c>
+      <c r="G20" s="11">
+        <v>144558.0</v>
+      </c>
+      <c r="H20" s="11">
+        <v>156596.0</v>
+      </c>
+      <c r="I20" s="11">
+        <v>171755.0</v>
+      </c>
+      <c r="J20" s="11">
+        <v>90427.0</v>
+      </c>
+      <c r="K20" s="11">
+        <v>149437.0</v>
+      </c>
+      <c r="L20" s="11">
+        <v>293180.0</v>
+      </c>
+      <c r="M20" s="11">
+        <v>242711.0</v>
+      </c>
+      <c r="N20" s="11">
+        <v>150820.0</v>
+      </c>
+      <c r="O20" s="11">
+        <v>128610.0</v>
+      </c>
+      <c r="P20" s="11">
+        <v>83579.0</v>
+      </c>
+      <c r="Q20" s="11">
+        <v>53608.0</v>
+      </c>
+      <c r="R20" s="11">
+        <v>124418.0</v>
+      </c>
+      <c r="S20" s="11">
+        <v>76093.0</v>
+      </c>
+      <c r="T20" s="11">
+        <v>72394.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
-      <c r="A21" s="11" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="11">
+        <v>1053422.0</v>
+      </c>
+      <c r="C21" s="11">
+        <v>772226.0</v>
+      </c>
+      <c r="D21" s="11">
+        <v>831712.0</v>
+      </c>
+      <c r="E21" s="11">
+        <v>701003.0</v>
+      </c>
+      <c r="F21" s="11">
+        <v>550702.0</v>
+      </c>
+      <c r="G21" s="11">
+        <v>454527.0</v>
+      </c>
+      <c r="H21" s="11">
+        <v>392779.0</v>
+      </c>
+      <c r="I21" s="11">
+        <v>343988.0</v>
+      </c>
+      <c r="J21" s="11">
+        <v>199066.0</v>
+      </c>
+      <c r="K21" s="11">
+        <v>229794.0</v>
+      </c>
+      <c r="L21" s="11">
+        <v>288662.0</v>
+      </c>
+      <c r="M21" s="11">
+        <v>163199.0</v>
+      </c>
+      <c r="N21" s="11">
+        <v>174482.0</v>
+      </c>
+      <c r="O21" s="11">
+        <v>106811.0</v>
+      </c>
+      <c r="P21" s="11">
+        <v>-31719.0</v>
+      </c>
+      <c r="Q21" s="11">
+        <v>85015.0</v>
+      </c>
+      <c r="R21" s="11">
+        <v>124560.0</v>
+      </c>
+      <c r="S21" s="11">
+        <v>90457.0</v>
+      </c>
+      <c r="T21" s="11">
+        <v>61819.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
-      <c r="A22" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7">
+        <v>-17405.0</v>
+      </c>
+      <c r="C22" s="7">
+        <v>424702.0</v>
+      </c>
+      <c r="D22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T22" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
-      <c r="A23" s="14" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="7">
+        <v>-1500.0</v>
+      </c>
+      <c r="C23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D23" s="7">
+        <v>-18678.0</v>
+      </c>
+      <c r="E23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F23" s="7">
+        <v>-650.0</v>
+      </c>
+      <c r="G23" s="7">
+        <v>-48000.0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>-28333.0</v>
+      </c>
+      <c r="I23" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="J23" s="7">
+        <v>-100.0</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L23" s="7">
+        <v>-16834.0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>-9796.0</v>
+      </c>
+      <c r="N23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>-42400.0</v>
+      </c>
+      <c r="P23" s="7">
+        <v>-14146.0</v>
+      </c>
+      <c r="Q23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R23" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="S23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T23" s="7">
+        <v>-14000.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
-      <c r="A24" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E24" s="7">
+        <v>-7264.0</v>
+      </c>
+      <c r="F24" s="7">
+        <v>-3200.0</v>
+      </c>
+      <c r="G24" s="7">
+        <v>-15089.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I24" s="7">
+        <v>-5560.0</v>
+      </c>
+      <c r="J24" s="7">
+        <v>-15550.0</v>
+      </c>
+      <c r="K24" s="7">
+        <v>-38468.0</v>
+      </c>
+      <c r="L24" s="7">
+        <v>-4321.0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>-5532.0</v>
+      </c>
+      <c r="N24" s="7">
+        <v>-43284.0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>-249486.0</v>
+      </c>
+      <c r="P24" s="7">
+        <v>-1047474.0</v>
+      </c>
+      <c r="Q24" s="7">
+        <v>-8901.0</v>
+      </c>
+      <c r="R24" s="7">
+        <v>-183119.0</v>
+      </c>
+      <c r="S24" s="7">
+        <v>-1014377.0</v>
+      </c>
+      <c r="T24" s="7">
+        <v>-4152.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
-      <c r="A25" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="7">
+        <v>-723.0</v>
+      </c>
+      <c r="C25" s="7">
+        <v>-23154.0</v>
+      </c>
+      <c r="D25" s="7">
+        <v>-3986.0</v>
+      </c>
+      <c r="E25" s="7">
+        <v>6897.0</v>
+      </c>
+      <c r="F25" s="7">
+        <v>-2546.0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>-5267.0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>-3302.0</v>
+      </c>
+      <c r="I25" s="7">
+        <v>-244.0</v>
+      </c>
+      <c r="J25" s="7">
+        <v>-183.0</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-3749.0</v>
+      </c>
+      <c r="L25" s="7">
+        <v>8180.0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>37614.0</v>
+      </c>
+      <c r="N25" s="7">
+        <v>1274.0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-115.0</v>
+      </c>
+      <c r="P25" s="7">
+        <v>1877.0</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>223.0</v>
+      </c>
+      <c r="R25" s="7">
+        <v>1049.0</v>
+      </c>
+      <c r="S25" s="7">
+        <v>9468.0</v>
+      </c>
+      <c r="T25" s="7">
+        <v>-121.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
-      <c r="A26" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="11">
+        <v>-19628.0</v>
+      </c>
+      <c r="C26" s="11">
+        <v>401548.0</v>
+      </c>
+      <c r="D26" s="11">
+        <v>-22664.0</v>
+      </c>
+      <c r="E26" s="11">
+        <v>-367.0</v>
+      </c>
+      <c r="F26" s="11">
+        <v>-6396.0</v>
+      </c>
+      <c r="G26" s="11">
+        <v>-68356.0</v>
+      </c>
+      <c r="H26" s="11">
+        <v>-31635.0</v>
+      </c>
+      <c r="I26" s="11">
+        <v>-6804.0</v>
+      </c>
+      <c r="J26" s="11">
+        <v>-15833.0</v>
+      </c>
+      <c r="K26" s="11">
+        <v>-42217.0</v>
+      </c>
+      <c r="L26" s="11">
+        <v>-12975.0</v>
+      </c>
+      <c r="M26" s="11">
+        <v>22286.0</v>
+      </c>
+      <c r="N26" s="11">
+        <v>-42010.0</v>
+      </c>
+      <c r="O26" s="11">
+        <v>-292001.0</v>
+      </c>
+      <c r="P26" s="11">
+        <v>-1059743.0</v>
+      </c>
+      <c r="Q26" s="11">
+        <v>-8678.0</v>
+      </c>
+      <c r="R26" s="11">
+        <v>-183070.0</v>
+      </c>
+      <c r="S26" s="11">
+        <v>-1004909.0</v>
+      </c>
+      <c r="T26" s="11">
+        <v>-18273.0</v>
       </c>
     </row>
     <row r="27" spans="1:20">
-      <c r="A27" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="7">
+        <v>-501900.0</v>
+      </c>
+      <c r="C27" s="7">
+        <v>-271518.0</v>
+      </c>
+      <c r="D27" s="7">
+        <v>-1000911.0</v>
+      </c>
+      <c r="E27" s="7">
+        <v>-625.0</v>
+      </c>
+      <c r="F27" s="7">
+        <v>-228448.0</v>
+      </c>
+      <c r="G27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H27" s="7">
+        <v>-752224.0</v>
+      </c>
+      <c r="I27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J27" s="7">
+        <v>-581492.0</v>
+      </c>
+      <c r="K27" s="7">
+        <v>-507204.0</v>
+      </c>
+      <c r="L27" s="7">
+        <v>-64897.0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N27" s="7">
+        <v>-94865.0</v>
+      </c>
+      <c r="O27" s="7">
+        <v>-200318.0</v>
+      </c>
+      <c r="P27" s="7">
+        <v>-43697.0</v>
+      </c>
+      <c r="Q27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T27" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:20">
-      <c r="A28" s="14" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A28" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="7">
+        <v>-60232.0</v>
+      </c>
+      <c r="C28" s="7">
+        <v>-70983.0</v>
+      </c>
+      <c r="D28" s="7">
+        <v>-185667.0</v>
+      </c>
+      <c r="E28" s="7">
+        <v>-499083.0</v>
+      </c>
+      <c r="F28" s="7">
+        <v>-207962.0</v>
+      </c>
+      <c r="G28" s="7">
+        <v>-356336.0</v>
+      </c>
+      <c r="H28" s="7">
+        <v>-80144.0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>-130589.0</v>
+      </c>
+      <c r="J28" s="7">
+        <v>-59243.0</v>
+      </c>
+      <c r="K28" s="7">
+        <v>-37436.0</v>
+      </c>
+      <c r="L28" s="7">
+        <v>-19167.0</v>
+      </c>
+      <c r="M28" s="7">
+        <v>-27535.0</v>
+      </c>
+      <c r="N28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T28" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:20">
-      <c r="A29" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C29" s="7">
+        <v>-200000.0</v>
+      </c>
+      <c r="D29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>-3538469.0</v>
+      </c>
+      <c r="F29" s="7">
+        <v>-8891.0</v>
+      </c>
+      <c r="G29" s="7">
+        <v>-8891.0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>-668972.0</v>
+      </c>
+      <c r="I29" s="7">
+        <v>-7500.0</v>
+      </c>
+      <c r="J29" s="7">
+        <v>-473838.0</v>
+      </c>
+      <c r="K29" s="7">
+        <v>-8329.0</v>
+      </c>
+      <c r="L29" s="7">
+        <v>-8327.0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>-8328.0</v>
+      </c>
+      <c r="N29" s="7">
+        <v>-8327.0</v>
+      </c>
+      <c r="O29" s="7">
+        <v>-4578.0</v>
+      </c>
+      <c r="P29" s="7">
+        <v>-4577.0</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>-8328.0</v>
+      </c>
+      <c r="R29" s="7">
+        <v>-4577.0</v>
+      </c>
+      <c r="S29" s="7">
+        <v>-404578.0</v>
+      </c>
+      <c r="T29" s="7">
+        <v>-302327.0</v>
       </c>
     </row>
     <row r="30" spans="1:20">
-      <c r="A30" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D30" s="7">
+        <v>-13532.0</v>
+      </c>
+      <c r="E30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I30" s="7">
+        <v>-11856.0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L30" s="7">
+        <v>-15254.0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P30" s="7">
+        <v>-17374.0</v>
+      </c>
+      <c r="Q30" s="7">
+        <v>-17970.0</v>
+      </c>
+      <c r="R30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T30" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:20">
-      <c r="A31" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A31" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D31" s="7">
+        <v>200000.0</v>
+      </c>
+      <c r="E31" s="7">
+        <v>3542511.0</v>
+      </c>
+      <c r="F31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H31" s="7">
+        <v>1072330.0</v>
+      </c>
+      <c r="I31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>395281.0</v>
+      </c>
+      <c r="K31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q31" s="7">
+        <v>1484330.0</v>
+      </c>
+      <c r="R31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T31" s="7">
+        <v>844729.0</v>
       </c>
     </row>
     <row r="32" spans="1:20">
-      <c r="A32" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A32" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="7">
+        <v>6190.0</v>
+      </c>
+      <c r="C32" s="7">
+        <v>9495.0</v>
+      </c>
+      <c r="D32" s="7">
+        <v>5329.0</v>
+      </c>
+      <c r="E32" s="7">
+        <v>12998.0</v>
+      </c>
+      <c r="F32" s="7">
+        <v>9702.0</v>
+      </c>
+      <c r="G32" s="7">
+        <v>9316.0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>9782.0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>5910.0</v>
+      </c>
+      <c r="J32" s="7">
+        <v>11272.0</v>
+      </c>
+      <c r="K32" s="7">
+        <v>5700.0</v>
+      </c>
+      <c r="L32" s="7">
+        <v>2906.0</v>
+      </c>
+      <c r="M32" s="7">
+        <v>5622.0</v>
+      </c>
+      <c r="N32" s="7">
+        <v>5860.0</v>
+      </c>
+      <c r="O32" s="7">
+        <v>11426.0</v>
+      </c>
+      <c r="P32" s="7">
+        <v>8110.0</v>
+      </c>
+      <c r="Q32" s="7">
+        <v>8547.0</v>
+      </c>
+      <c r="R32" s="7">
+        <v>7598.0</v>
+      </c>
+      <c r="S32" s="7">
+        <v>5006.0</v>
+      </c>
+      <c r="T32" s="7">
+        <v>12882.0</v>
       </c>
     </row>
     <row r="33" spans="1:20">
-      <c r="A33" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A33" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R33" s="7">
+        <v>988.0</v>
+      </c>
+      <c r="S33" s="7">
+        <v>1746065.0</v>
+      </c>
+      <c r="T33" s="7">
+        <v>-1825.0</v>
       </c>
     </row>
     <row r="34" spans="1:20">
-      <c r="A34" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A34" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q34" s="7">
+        <v>-11655.0</v>
+      </c>
+      <c r="R34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T34" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:20">
-      <c r="A35" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A35" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="7">
+        <v>-4318.0</v>
+      </c>
+      <c r="C35" s="7">
+        <v>-4371.0</v>
+      </c>
+      <c r="D35" s="7">
+        <v>-7436.0</v>
+      </c>
+      <c r="E35" s="7">
+        <v>-40489.0</v>
+      </c>
+      <c r="F35" s="7">
+        <v>-5476.0</v>
+      </c>
+      <c r="G35" s="7">
+        <v>-5089.0</v>
+      </c>
+      <c r="H35" s="7">
+        <v>-5384.0</v>
+      </c>
+      <c r="I35" s="7">
+        <v>-26489.0</v>
+      </c>
+      <c r="J35" s="7">
+        <v>-16134.0</v>
+      </c>
+      <c r="K35" s="7">
+        <v>-9429.0</v>
+      </c>
+      <c r="L35" s="7">
+        <v>-6676.0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>-25170.0</v>
+      </c>
+      <c r="N35" s="7">
+        <v>-39059.0</v>
+      </c>
+      <c r="O35" s="7">
+        <v>-76152.0</v>
+      </c>
+      <c r="P35" s="7">
+        <v>-7886.0</v>
+      </c>
+      <c r="Q35" s="7">
+        <v>-7985.0</v>
+      </c>
+      <c r="R35" s="7">
+        <v>-79168.0</v>
+      </c>
+      <c r="S35" s="7">
+        <v>-9101.0</v>
+      </c>
+      <c r="T35" s="7">
+        <v>-153085.0</v>
       </c>
     </row>
     <row r="36" spans="1:20">
-      <c r="A36" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A36" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="11">
+        <v>-560260.0</v>
+      </c>
+      <c r="C36" s="11">
+        <v>-537377.0</v>
+      </c>
+      <c r="D36" s="11">
+        <v>-1002217.0</v>
+      </c>
+      <c r="E36" s="11">
+        <v>-523157.0</v>
+      </c>
+      <c r="F36" s="11">
+        <v>-441075.0</v>
+      </c>
+      <c r="G36" s="11">
+        <v>-361000.0</v>
+      </c>
+      <c r="H36" s="11">
+        <v>-424612.0</v>
+      </c>
+      <c r="I36" s="11">
+        <v>-170524.0</v>
+      </c>
+      <c r="J36" s="11">
+        <v>-724154.0</v>
+      </c>
+      <c r="K36" s="11">
+        <v>-556698.0</v>
+      </c>
+      <c r="L36" s="11">
+        <v>-111415.0</v>
+      </c>
+      <c r="M36" s="11">
+        <v>-55411.0</v>
+      </c>
+      <c r="N36" s="11">
+        <v>-136391.0</v>
+      </c>
+      <c r="O36" s="11">
+        <v>-269622.0</v>
+      </c>
+      <c r="P36" s="11">
+        <v>-65424.0</v>
+      </c>
+      <c r="Q36" s="11">
+        <v>1446939.0</v>
+      </c>
+      <c r="R36" s="11">
+        <v>-75159.0</v>
+      </c>
+      <c r="S36" s="11">
+        <v>1337392.0</v>
+      </c>
+      <c r="T36" s="11">
+        <v>400374.0</v>
       </c>
     </row>
     <row r="37" spans="1:20">
-      <c r="A37" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A37" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="7">
+        <v>757.0</v>
+      </c>
+      <c r="C37" s="7">
+        <v>5187.0</v>
+      </c>
+      <c r="D37" s="7">
+        <v>2782.0</v>
+      </c>
+      <c r="E37" s="7">
+        <v>-3664.0</v>
+      </c>
+      <c r="F37" s="7">
+        <v>3916.0</v>
+      </c>
+      <c r="G37" s="7">
+        <v>-1058.0</v>
+      </c>
+      <c r="H37" s="7">
+        <v>-2348.0</v>
+      </c>
+      <c r="I37" s="7">
+        <v>3001.0</v>
+      </c>
+      <c r="J37" s="7">
+        <v>-2815.0</v>
+      </c>
+      <c r="K37" s="7">
+        <v>-545.0</v>
+      </c>
+      <c r="L37" s="7">
+        <v>1137.0</v>
+      </c>
+      <c r="M37" s="7">
+        <v>6902.0</v>
+      </c>
+      <c r="N37" s="7">
+        <v>-4133.0</v>
+      </c>
+      <c r="O37" s="7">
+        <v>-6884.0</v>
+      </c>
+      <c r="P37" s="7">
+        <v>-362.0</v>
+      </c>
+      <c r="Q37" s="7">
+        <v>-2389.0</v>
+      </c>
+      <c r="R37" s="7">
+        <v>-457.0</v>
+      </c>
+      <c r="S37" s="7">
+        <v>-272.0</v>
+      </c>
+      <c r="T37" s="7">
+        <v>-80.0</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="14" t="s">
-        <v>35</v>
-[...56 lines deleted...]
-        <v>#N/A</v>
+        <v>36</v>
+      </c>
+      <c r="B38" s="11">
+        <v>474291.0</v>
+      </c>
+      <c r="C38" s="11">
+        <v>641584.0</v>
+      </c>
+      <c r="D38" s="11">
+        <v>-190387.0</v>
+      </c>
+      <c r="E38" s="11">
+        <v>173815.0</v>
+      </c>
+      <c r="F38" s="11">
+        <v>107147.0</v>
+      </c>
+      <c r="G38" s="11">
+        <v>24113.0</v>
+      </c>
+      <c r="H38" s="11">
+        <v>-65816.0</v>
+      </c>
+      <c r="I38" s="11">
+        <v>169661.0</v>
+      </c>
+      <c r="J38" s="11">
+        <v>-543736.0</v>
+      </c>
+      <c r="K38" s="11">
+        <v>-369666.0</v>
+      </c>
+      <c r="L38" s="11">
+        <v>165409.0</v>
+      </c>
+      <c r="M38" s="11">
+        <v>136976.0</v>
+      </c>
+      <c r="N38" s="11">
+        <v>-8052.0</v>
+      </c>
+      <c r="O38" s="11">
+        <v>-461696.0</v>
+      </c>
+      <c r="P38" s="11">
+        <v>-1157248.0</v>
+      </c>
+      <c r="Q38" s="11">
+        <v>1520887.0</v>
+      </c>
+      <c r="R38" s="11">
+        <v>-134126.0</v>
+      </c>
+      <c r="S38" s="11">
+        <v>422668.0</v>
+      </c>
+      <c r="T38" s="11">
+        <v>443840.0</v>
       </c>
     </row>
     <row r="39" spans="1:20">
-      <c r="A39" s="7" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A39" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C39" s="7">
+        <v>44381.0</v>
+      </c>
+      <c r="D39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S39" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T39" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="40" spans="1:20">
-      <c r="A40" s="15" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A40" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="11">
+        <v>474291.0</v>
+      </c>
+      <c r="C40" s="11">
+        <v>685965.0</v>
+      </c>
+      <c r="D40" s="11">
+        <v>-190387.0</v>
+      </c>
+      <c r="E40" s="11">
+        <v>173815.0</v>
+      </c>
+      <c r="F40" s="11">
+        <v>107147.0</v>
+      </c>
+      <c r="G40" s="11">
+        <v>24113.0</v>
+      </c>
+      <c r="H40" s="11">
+        <v>-65816.0</v>
+      </c>
+      <c r="I40" s="11">
+        <v>169661.0</v>
+      </c>
+      <c r="J40" s="11">
+        <v>-543736.0</v>
+      </c>
+      <c r="K40" s="11">
+        <v>-369666.0</v>
+      </c>
+      <c r="L40" s="11">
+        <v>165409.0</v>
+      </c>
+      <c r="M40" s="11">
+        <v>136976.0</v>
+      </c>
+      <c r="N40" s="11">
+        <v>-8052.0</v>
+      </c>
+      <c r="O40" s="11">
+        <v>-461696.0</v>
+      </c>
+      <c r="P40" s="11">
+        <v>-1157248.0</v>
+      </c>
+      <c r="Q40" s="11">
+        <v>1520887.0</v>
+      </c>
+      <c r="R40" s="11">
+        <v>-134126.0</v>
+      </c>
+      <c r="S40" s="11">
+        <v>422668.0</v>
+      </c>
+      <c r="T40" s="11">
+        <v>443840.0</v>
       </c>
     </row>
     <row r="41" spans="1:20">
-      <c r="A41" s="7" t="s">
-[...61 lines deleted...]
-      <c r="A42" s="15" t="s">
+      <c r="A41" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="B42" s="12" t="e">
-[...79 lines deleted...]
-      <c r="T43" s="16"/>
+      <c r="B41" s="15"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="15"/>
+      <c r="E41" s="15"/>
+      <c r="F41" s="15"/>
+      <c r="G41" s="15"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15"/>
+      <c r="N41" s="15"/>
+      <c r="O41" s="15"/>
+      <c r="P41" s="15"/>
+      <c r="Q41" s="15"/>
+      <c r="R41" s="15"/>
+      <c r="S41" s="15"/>
+      <c r="T41" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">