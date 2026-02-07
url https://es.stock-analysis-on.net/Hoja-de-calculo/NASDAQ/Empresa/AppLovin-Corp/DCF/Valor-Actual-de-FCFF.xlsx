--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Pronóstico de flujo de caja libre para la empresa (FCFF)</t>
   </si>
   <si>
     <t>US$ en miles, excepto datos por acción</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFF(t) o TV(t)</t>
   </si>
   <si>
-    <t>Valor actual en 28.36%</t>
+    <t>Valor actual en 33.35%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco del capital AppLovin Corp.</t>
   </si>