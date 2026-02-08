--- v1 (2026-02-07)
+++ v2 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Área de usuarios de pago. ¡Los datos no están disponibles!</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Pronóstico de flujo de caja libre para la empresa (FCFF)</t>
   </si>
   <si>
     <t>US$ en miles, excepto datos por acción</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>FCFF(t) o TV(t)</t>
   </si>
   <si>
-    <t>Valor actual en 33.35%</t>
+    <t>Valor actual en 33.42%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valor intrínseco del capital AppLovin Corp.</t>
   </si>