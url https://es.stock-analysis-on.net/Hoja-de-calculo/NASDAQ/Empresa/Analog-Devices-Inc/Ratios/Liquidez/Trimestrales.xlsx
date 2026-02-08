--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1821,108 +1821,108 @@
       </c>
       <c r="P21" s="7">
         <v>1.61</v>
       </c>
       <c r="Q21" s="7">
         <v>1.65</v>
       </c>
       <c r="R21" s="7">
         <v>1.68</v>
       </c>
       <c r="S21" s="7">
         <v>1.72</v>
       </c>
       <c r="T21" s="7">
         <v>2.02</v>
       </c>
       <c r="U21" s="7">
         <v>2.15</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
-        <v>0.0</v>
+        <v>4.35</v>
       </c>
       <c r="C22" s="7">
         <v>4.45</v>
       </c>
       <c r="D22" s="7">
         <v>5.81</v>
       </c>
       <c r="E22" s="7">
         <v>5.26</v>
       </c>
       <c r="F22" s="7">
         <v>4.12</v>
       </c>
       <c r="G22" s="7">
         <v>4.31</v>
       </c>
       <c r="H22" s="7">
         <v>4.62</v>
       </c>
       <c r="I22" s="7">
         <v>4.91</v>
       </c>
       <c r="J22" s="7">
         <v>4.55</v>
       </c>
       <c r="K22" s="7">
         <v>5.69</v>
       </c>
       <c r="L22" s="7">
         <v>5.72</v>
       </c>
       <c r="M22" s="7">
         <v>5.17</v>
       </c>
       <c r="N22" s="7">
         <v>4.7</v>
       </c>
       <c r="O22" s="7">
         <v>4.92</v>
       </c>
       <c r="P22" s="7">
         <v>5.09</v>
       </c>
       <c r="Q22" s="7">
         <v>5.54</v>
       </c>
       <c r="R22" s="7">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="7">
-        <v>5.63</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="7">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="7">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="8"/>
@@ -3007,108 +3007,108 @@
       </c>
       <c r="P25" s="7">
         <v>1.16</v>
       </c>
       <c r="Q25" s="7">
         <v>1.25</v>
       </c>
       <c r="R25" s="7">
         <v>1.34</v>
       </c>
       <c r="S25" s="7">
         <v>1.38</v>
       </c>
       <c r="T25" s="7">
         <v>1.64</v>
       </c>
       <c r="U25" s="7">
         <v>1.78</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="7">
-        <v>0.0</v>
+        <v>2.17</v>
       </c>
       <c r="C26" s="7">
         <v>2.32</v>
       </c>
       <c r="D26" s="7">
         <v>2.93</v>
       </c>
       <c r="E26" s="7">
         <v>2.76</v>
       </c>
       <c r="F26" s="7">
         <v>2.55</v>
       </c>
       <c r="G26" s="7">
         <v>2.88</v>
       </c>
       <c r="H26" s="7">
         <v>3.13</v>
       </c>
       <c r="I26" s="7">
         <v>3.4</v>
       </c>
       <c r="J26" s="7">
         <v>3.12</v>
       </c>
       <c r="K26" s="7">
         <v>4.12</v>
       </c>
       <c r="L26" s="7">
         <v>4.24</v>
       </c>
       <c r="M26" s="7">
         <v>3.93</v>
       </c>
       <c r="N26" s="7">
         <v>3.67</v>
       </c>
       <c r="O26" s="7">
         <v>3.98</v>
       </c>
       <c r="P26" s="7">
         <v>4.13</v>
       </c>
       <c r="Q26" s="7">
         <v>4.6</v>
       </c>
       <c r="R26" s="7">
-        <v>4.45</v>
+        <v>0.0</v>
       </c>
       <c r="S26" s="7">
-        <v>4.74</v>
+        <v>0.0</v>
       </c>
       <c r="T26" s="7">
-        <v>4.08</v>
+        <v>0.0</v>
       </c>
       <c r="U26" s="7">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
       <c r="J27" s="8"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8"/>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="8"/>
@@ -4128,108 +4128,108 @@
       </c>
       <c r="P24" s="7">
         <v>0.86</v>
       </c>
       <c r="Q24" s="7">
         <v>0.92</v>
       </c>
       <c r="R24" s="7">
         <v>1.04</v>
       </c>
       <c r="S24" s="7">
         <v>1.13</v>
       </c>
       <c r="T24" s="7">
         <v>1.27</v>
       </c>
       <c r="U24" s="7">
         <v>1.33</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="7">
-        <v>0.0</v>
+        <v>1.55</v>
       </c>
       <c r="C25" s="7">
         <v>1.66</v>
       </c>
       <c r="D25" s="7">
         <v>2.15</v>
       </c>
       <c r="E25" s="7">
         <v>2.0099999999999998</v>
       </c>
       <c r="F25" s="7">
         <v>2.08</v>
       </c>
       <c r="G25" s="7">
         <v>2.37</v>
       </c>
       <c r="H25" s="7">
         <v>2.66</v>
       </c>
       <c r="I25" s="7">
         <v>2.93</v>
       </c>
       <c r="J25" s="7">
         <v>2.58</v>
       </c>
       <c r="K25" s="7">
         <v>3.37</v>
       </c>
       <c r="L25" s="7">
         <v>3.52</v>
       </c>
       <c r="M25" s="7">
         <v>3.29</v>
       </c>
       <c r="N25" s="7">
         <v>3.04</v>
       </c>
       <c r="O25" s="7">
         <v>3.25</v>
       </c>
       <c r="P25" s="7">
         <v>3.28</v>
       </c>
       <c r="Q25" s="7">
         <v>3.89</v>
       </c>
       <c r="R25" s="7">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="7">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="7">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="7">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="8"/>