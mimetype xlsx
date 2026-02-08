--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -925,60 +925,60 @@
       <c r="B15" s="13">
         <v>0.42</v>
       </c>
       <c r="C15" s="13">
         <v>0.42</v>
       </c>
       <c r="D15" s="13">
         <v>0.44</v>
       </c>
       <c r="E15" s="13">
         <v>0.45</v>
       </c>
       <c r="F15" s="13">
         <v>0.44</v>
       </c>
       <c r="G15" s="13">
         <v>0.44</v>
       </c>
       <c r="H15" s="13">
         <v>0.42</v>
       </c>
       <c r="I15" s="13">
         <v>0.41</v>
       </c>
       <c r="J15" s="13">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="13">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="13">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="13">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>1.35</v>
       </c>
       <c r="C16" s="13">
         <v>1.37</v>
       </c>
       <c r="D16" s="13">