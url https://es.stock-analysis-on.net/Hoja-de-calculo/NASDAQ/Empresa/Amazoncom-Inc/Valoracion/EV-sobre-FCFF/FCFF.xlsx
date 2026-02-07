--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -524,243 +524,243 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>77670.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>59248.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>30425.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>-2722.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>33364.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21331.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>81813.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>72170.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>66062.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>70360.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>32574.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>31252.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>-19969.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>-15541.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>-11541.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>-20886.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>-19611.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13481.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8">
+        <v>139514.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>115877.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>84946.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>46752.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>46327.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>66064.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>1567.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>2045.0</v>
       </c>
-      <c r="C10" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="6">
+        <v>2521.0</v>
+      </c>
+      <c r="E10" s="6">
         <v>981.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>1549.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>-131819.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>-82999.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>-52729.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>-63645.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>-61053.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-40140.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>3499.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>5341.0</v>
       </c>
-      <c r="C12" s="6">
+      <c r="D12" s="6">
         <v>4596.0</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E12" s="6">
         <v>5324.0</v>
       </c>
-      <c r="E12" s="6">
+      <c r="F12" s="6">
         <v>5657.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5096.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6">
+        <v>-2911.0</v>
+      </c>
+      <c r="C13" s="6">
         <v>-854.0</v>
       </c>
-      <c r="C13" s="6">
+      <c r="D13" s="6">
         <v>-642.0</v>
       </c>
-      <c r="D13" s="6">
+      <c r="E13" s="6">
         <v>-675.0</v>
       </c>
-      <c r="E13" s="6">
+      <c r="F13" s="6">
         <v>-7061.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-11588.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="8">
+        <v>9850.0</v>
+      </c>
+      <c r="C14" s="8">
         <v>39410.0</v>
       </c>
-      <c r="C14" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="8">
+        <v>38692.0</v>
+      </c>
+      <c r="E14" s="8">
         <v>-11263.0</v>
       </c>
-      <c r="E14" s="8">
+      <c r="F14" s="8">
         <v>-14581.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>20869.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>