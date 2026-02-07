--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -516,655 +516,655 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>426305.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>387497.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>352828.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>315880.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>279833.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>236282.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>161894.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>142906.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>131200.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>118007.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>127787.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>104412.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>128725.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>107556.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>90757.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>80096.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>62202.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>45370.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
+        <v>716924.0</v>
+      </c>
+      <c r="C9" s="8">
         <v>637959.0</v>
       </c>
-      <c r="C9" s="8">
+      <c r="D9" s="8">
         <v>574785.0</v>
       </c>
-      <c r="D9" s="8">
+      <c r="E9" s="8">
         <v>513983.0</v>
       </c>
-      <c r="E9" s="8">
+      <c r="F9" s="8">
         <v>469822.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>386064.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3"/>
       <c r="B17" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C17" s="4">
         <v>45657</v>
       </c>
-      <c r="C17" s="4">
+      <c r="D17" s="4">
         <v>45291</v>
       </c>
-      <c r="D17" s="4">
+      <c r="E17" s="4">
         <v>44926</v>
       </c>
-      <c r="E17" s="4">
+      <c r="F17" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B18" s="6">
+        <v>29619.0</v>
+      </c>
+      <c r="C18" s="6">
         <v>24967.0</v>
       </c>
-      <c r="C18" s="6">
+      <c r="D18" s="6">
         <v>14877.0</v>
       </c>
-      <c r="D18" s="6">
+      <c r="E18" s="6">
         <v>-2847.0</v>
       </c>
-      <c r="E18" s="6">
+      <c r="F18" s="6">
         <v>7271.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>8651.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="6">
+        <v>4750.0</v>
+      </c>
+      <c r="C19" s="6">
         <v>3792.0</v>
       </c>
-      <c r="C19" s="6">
+      <c r="D19" s="6">
         <v>-2656.0</v>
       </c>
-      <c r="D19" s="6">
+      <c r="E19" s="6">
         <v>-7746.0</v>
       </c>
-      <c r="E19" s="6">
+      <c r="F19" s="6">
         <v>-924.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>717.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="6">
+        <v>45606.0</v>
+      </c>
+      <c r="C20" s="6">
         <v>39834.0</v>
       </c>
-      <c r="C20" s="6">
+      <c r="D20" s="6">
         <v>24631.0</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E20" s="6">
         <v>22841.0</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F20" s="6">
         <v>18532.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13531.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="8">
+        <v>79975.0</v>
+      </c>
+      <c r="C21" s="8">
         <v>68593.0</v>
       </c>
-      <c r="C21" s="8">
+      <c r="D21" s="8">
         <v>36852.0</v>
       </c>
-      <c r="D21" s="8">
+      <c r="E21" s="8">
         <v>12248.0</v>
       </c>
-      <c r="E21" s="8">
+      <c r="F21" s="8">
         <v>24879.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>22899.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="3"/>
       <c r="B29" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C29" s="4">
         <v>45657</v>
       </c>
-      <c r="C29" s="4">
+      <c r="D29" s="4">
         <v>45291</v>
       </c>
-      <c r="D29" s="4">
+      <c r="E29" s="4">
         <v>44926</v>
       </c>
-      <c r="E29" s="4">
+      <c r="F29" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="6">
+        <v>235652.0</v>
+      </c>
+      <c r="C30" s="6">
         <v>210120.0</v>
       </c>
-      <c r="C30" s="6">
+      <c r="D30" s="6">
         <v>196029.0</v>
       </c>
-      <c r="D30" s="6">
+      <c r="E30" s="6">
         <v>185268.0</v>
       </c>
-      <c r="E30" s="6">
+      <c r="F30" s="6">
         <v>161255.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108405.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="6">
+        <v>81984.0</v>
+      </c>
+      <c r="C31" s="6">
         <v>69487.0</v>
       </c>
-      <c r="C31" s="6">
+      <c r="D31" s="6">
         <v>69718.0</v>
       </c>
-      <c r="D31" s="6">
+      <c r="E31" s="6">
         <v>64666.0</v>
       </c>
-      <c r="E31" s="6">
+      <c r="F31" s="6">
         <v>57983.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>42212.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="6">
+        <v>252588.0</v>
+      </c>
+      <c r="C32" s="6">
         <v>155953.0</v>
       </c>
-      <c r="C32" s="6">
+      <c r="D32" s="6">
         <v>108533.0</v>
       </c>
-      <c r="D32" s="6">
+      <c r="E32" s="6">
         <v>88491.0</v>
       </c>
-      <c r="E32" s="6">
+      <c r="F32" s="6">
         <v>63835.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>47574.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="6">
+        <v>247818.0</v>
+      </c>
+      <c r="C33" s="6">
         <v>189334.0</v>
       </c>
-      <c r="C33" s="6">
+      <c r="D33" s="6">
         <v>153574.0</v>
       </c>
-      <c r="D33" s="6">
+      <c r="E33" s="6">
         <v>124250.0</v>
       </c>
-      <c r="E33" s="6">
+      <c r="F33" s="6">
         <v>137476.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>123004.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="8">
+        <v>818042.0</v>
+      </c>
+      <c r="C34" s="8">
         <v>624894.0</v>
       </c>
-      <c r="C34" s="8">
+      <c r="D34" s="8">
         <v>527854.0</v>
       </c>
-      <c r="D34" s="8">
+      <c r="E34" s="8">
         <v>462675.0</v>
       </c>
-      <c r="E34" s="8">
+      <c r="F34" s="8">
         <v>420549.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>321195.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="9"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="3"/>
       <c r="B42" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C42" s="4">
         <v>45657</v>
       </c>
-      <c r="C42" s="4">
+      <c r="D42" s="4">
         <v>45291</v>
       </c>
-      <c r="D42" s="4">
+      <c r="E42" s="4">
         <v>44926</v>
       </c>
-      <c r="E42" s="4">
+      <c r="F42" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B43" s="6">
+        <v>35919.0</v>
+      </c>
+      <c r="C43" s="6">
         <v>24348.0</v>
       </c>
-      <c r="C43" s="6">
+      <c r="D43" s="6">
         <v>17529.0</v>
       </c>
-      <c r="D43" s="6">
+      <c r="E43" s="6">
         <v>23682.0</v>
       </c>
-      <c r="E43" s="6">
+      <c r="F43" s="6">
         <v>37397.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>29889.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B44" s="6">
+        <v>7617.0</v>
+      </c>
+      <c r="C44" s="6">
         <v>6643.0</v>
       </c>
-      <c r="C44" s="6">
+      <c r="D44" s="6">
         <v>4144.0</v>
       </c>
-      <c r="D44" s="6">
+      <c r="E44" s="6">
         <v>6711.0</v>
       </c>
-      <c r="E44" s="6">
+      <c r="F44" s="6">
         <v>10259.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>8072.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B45" s="6">
+        <v>96496.0</v>
+      </c>
+      <c r="C45" s="6">
         <v>53267.0</v>
       </c>
-      <c r="C45" s="6">
+      <c r="D45" s="6">
         <v>24843.0</v>
       </c>
-      <c r="D45" s="6">
+      <c r="E45" s="6">
         <v>27755.0</v>
       </c>
-      <c r="E45" s="6">
+      <c r="F45" s="6">
         <v>22047.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16530.0</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="6">
+        <v>2320.0</v>
+      </c>
+      <c r="C46" s="6">
         <v>1494.0</v>
       </c>
-      <c r="C46" s="6">
+      <c r="D46" s="6">
         <v>1828.0</v>
       </c>
-      <c r="D46" s="6">
+      <c r="E46" s="6">
         <v>2688.0</v>
       </c>
-      <c r="E46" s="6">
+      <c r="F46" s="6">
         <v>2622.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3485.0</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B47" s="8">
+        <v>142352.0</v>
+      </c>
+      <c r="C47" s="8">
         <v>85752.0</v>
       </c>
-      <c r="C47" s="8">
+      <c r="D47" s="8">
         <v>48344.0</v>
       </c>
-      <c r="D47" s="8">
+      <c r="E47" s="8">
         <v>60836.0</v>
       </c>
-      <c r="E47" s="8">
+      <c r="F47" s="8">
         <v>72325.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>57976.0</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="9"/>
       <c r="C48" s="9"/>
       <c r="D48" s="9"/>
       <c r="E48" s="9"/>
       <c r="F48" s="9"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="3"/>
       <c r="B55" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C55" s="4">
         <v>45657</v>
       </c>
-      <c r="C55" s="4">
+      <c r="D55" s="4">
         <v>45291</v>
       </c>
-      <c r="D55" s="4">
+      <c r="E55" s="4">
         <v>44926</v>
       </c>
-      <c r="E55" s="4">
+      <c r="F55" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B56" s="6">
+        <v>15503.0</v>
+      </c>
+      <c r="C56" s="6">
         <v>14285.0</v>
       </c>
-      <c r="C56" s="6">
+      <c r="D56" s="6">
         <v>13678.0</v>
       </c>
-      <c r="D56" s="6">
+      <c r="E56" s="6">
         <v>11565.0</v>
       </c>
-      <c r="E56" s="6">
+      <c r="F56" s="6">
         <v>9234.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6421.0</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B57" s="6">
+        <v>4907.0</v>
+      </c>
+      <c r="C57" s="6">
         <v>4462.0</v>
       </c>
-      <c r="C57" s="6">
+      <c r="D57" s="6">
         <v>4016.0</v>
       </c>
-      <c r="D57" s="6">
+      <c r="E57" s="6">
         <v>3483.0</v>
       </c>
-      <c r="E57" s="6">
+      <c r="F57" s="6">
         <v>3022.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215.0</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B58" s="6">
+        <v>21450.0</v>
+      </c>
+      <c r="C58" s="6">
         <v>13320.0</v>
       </c>
-      <c r="C58" s="6">
+      <c r="D58" s="6">
         <v>12531.0</v>
       </c>
-      <c r="D58" s="6">
+      <c r="E58" s="6">
         <v>9876.0</v>
       </c>
-      <c r="E58" s="6">
+      <c r="F58" s="6">
         <v>10653.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>7603.0</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B59" s="8">
+        <v>41860.0</v>
+      </c>
+      <c r="C59" s="8">
         <v>32067.0</v>
       </c>
-      <c r="C59" s="8">
+      <c r="D59" s="8">
         <v>30225.0</v>
       </c>
-      <c r="D59" s="8">
+      <c r="E59" s="8">
         <v>24924.0</v>
       </c>
-      <c r="E59" s="8">
+      <c r="F59" s="8">
         <v>22909.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16239.0</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>