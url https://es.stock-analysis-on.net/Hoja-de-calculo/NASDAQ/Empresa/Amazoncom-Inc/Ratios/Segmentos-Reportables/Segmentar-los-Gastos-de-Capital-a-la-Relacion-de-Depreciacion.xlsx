--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -533,432 +533,432 @@
   </sheetPr>
   <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F44" sqref="F44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>2.32</v>
+      </c>
+      <c r="C5" s="6">
         <v>1.7</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>1.28</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>2.05</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>4.05</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.65</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>1.55</v>
+      </c>
+      <c r="C6" s="6">
         <v>1.49</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>1.03</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>1.93</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>3.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.64</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="C7" s="6">
         <v>4.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>1.98</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>2.81</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>2.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="3"/>
       <c r="B14" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C14" s="4">
         <v>45657</v>
       </c>
-      <c r="C14" s="4">
+      <c r="D14" s="4">
         <v>45291</v>
       </c>
-      <c r="D14" s="4">
+      <c r="E14" s="4">
         <v>44926</v>
       </c>
-      <c r="E14" s="4">
+      <c r="F14" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="10">
+        <v>35919.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>24348.0</v>
       </c>
-      <c r="C16" s="10">
+      <c r="D16" s="10">
         <v>17529.0</v>
       </c>
-      <c r="D16" s="10">
+      <c r="E16" s="10">
         <v>23682.0</v>
       </c>
-      <c r="E16" s="10">
+      <c r="F16" s="10">
         <v>37397.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>29889.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="10">
+        <v>15503.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>14285.0</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>13678.0</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>11565.0</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>9234.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6421.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="12">
+        <v>2.32</v>
+      </c>
+      <c r="C19" s="12">
         <v>1.7</v>
       </c>
-      <c r="C19" s="12">
+      <c r="D19" s="12">
         <v>1.28</v>
       </c>
-      <c r="D19" s="12">
+      <c r="E19" s="12">
         <v>2.05</v>
       </c>
-      <c r="E19" s="12">
+      <c r="F19" s="12">
         <v>4.05</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.65</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="3"/>
       <c r="B26" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C26" s="4">
         <v>45657</v>
       </c>
-      <c r="C26" s="4">
+      <c r="D26" s="4">
         <v>45291</v>
       </c>
-      <c r="D26" s="4">
+      <c r="E26" s="4">
         <v>44926</v>
       </c>
-      <c r="E26" s="4">
+      <c r="F26" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="34.8">
       <c r="A27" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="10">
+        <v>7617.0</v>
+      </c>
+      <c r="C28" s="10">
         <v>6643.0</v>
       </c>
-      <c r="C28" s="10">
+      <c r="D28" s="10">
         <v>4144.0</v>
       </c>
-      <c r="D28" s="10">
+      <c r="E28" s="10">
         <v>6711.0</v>
       </c>
-      <c r="E28" s="10">
+      <c r="F28" s="10">
         <v>10259.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>8072.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="10">
+        <v>4907.0</v>
+      </c>
+      <c r="C29" s="10">
         <v>4462.0</v>
       </c>
-      <c r="C29" s="10">
+      <c r="D29" s="10">
         <v>4016.0</v>
       </c>
-      <c r="D29" s="10">
+      <c r="E29" s="10">
         <v>3483.0</v>
       </c>
-      <c r="E29" s="10">
+      <c r="F29" s="10">
         <v>3022.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215.0</v>
       </c>
     </row>
     <row r="30" spans="1:6" customHeight="1" ht="34.8">
       <c r="A30" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="12">
+        <v>1.55</v>
+      </c>
+      <c r="C31" s="12">
         <v>1.49</v>
       </c>
-      <c r="C31" s="12">
+      <c r="D31" s="12">
         <v>1.03</v>
       </c>
-      <c r="D31" s="12">
+      <c r="E31" s="12">
         <v>1.93</v>
       </c>
-      <c r="E31" s="12">
+      <c r="F31" s="12">
         <v>3.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.64</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="3"/>
       <c r="B38" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C38" s="4">
         <v>45657</v>
       </c>
-      <c r="C38" s="4">
+      <c r="D38" s="4">
         <v>45291</v>
       </c>
-      <c r="D38" s="4">
+      <c r="E38" s="4">
         <v>44926</v>
       </c>
-      <c r="E38" s="4">
+      <c r="F38" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="39" spans="1:6" customHeight="1" ht="34.8">
       <c r="A39" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="10">
+        <v>96496.0</v>
+      </c>
+      <c r="C40" s="10">
         <v>53267.0</v>
       </c>
-      <c r="C40" s="10">
+      <c r="D40" s="10">
         <v>24843.0</v>
       </c>
-      <c r="D40" s="10">
+      <c r="E40" s="10">
         <v>27755.0</v>
       </c>
-      <c r="E40" s="10">
+      <c r="F40" s="10">
         <v>22047.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16530.0</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="10">
+        <v>21450.0</v>
+      </c>
+      <c r="C41" s="10">
         <v>13320.0</v>
       </c>
-      <c r="C41" s="10">
+      <c r="D41" s="10">
         <v>12531.0</v>
       </c>
-      <c r="D41" s="10">
+      <c r="E41" s="10">
         <v>9876.0</v>
       </c>
-      <c r="E41" s="10">
+      <c r="F41" s="10">
         <v>10653.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>7603.0</v>
       </c>
     </row>
     <row r="42" spans="1:6" customHeight="1" ht="34.8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="12">
+        <v>4.5</v>
+      </c>
+      <c r="C43" s="12">
         <v>4.0</v>
       </c>
-      <c r="C43" s="12">
+      <c r="D43" s="12">
         <v>1.98</v>
       </c>
-      <c r="D43" s="12">
+      <c r="E43" s="12">
         <v>2.81</v>
       </c>
-      <c r="E43" s="12">
+      <c r="F43" s="12">
         <v>2.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.17</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B44" s="7"/>
       <c r="C44" s="7"/>
       <c r="D44" s="7"/>
       <c r="E44" s="7"/>
       <c r="F44" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>