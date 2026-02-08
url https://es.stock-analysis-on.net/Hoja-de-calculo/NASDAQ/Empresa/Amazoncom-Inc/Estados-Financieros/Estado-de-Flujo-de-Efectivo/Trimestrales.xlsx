--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -581,2402 +581,2120 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X37"/>
+  <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X37" sqref="X37"/>
+      <selection activeCell="U37" sqref="U37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:24">
+    <row r="2" spans="1:21">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:21">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:21">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:24">
+    <row r="6" spans="1:21">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45930</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45838</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>45747</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>45657</v>
       </c>
-      <c r="F6" s="5">
+      <c r="G6" s="5">
         <v>45565</v>
       </c>
-      <c r="G6" s="5">
+      <c r="H6" s="5">
         <v>45473</v>
       </c>
-      <c r="H6" s="5">
+      <c r="I6" s="5">
         <v>45382</v>
       </c>
-      <c r="I6" s="5">
+      <c r="J6" s="5">
         <v>45291</v>
       </c>
-      <c r="J6" s="5">
+      <c r="K6" s="5">
         <v>45199</v>
       </c>
-      <c r="K6" s="5">
+      <c r="L6" s="5">
         <v>45107</v>
       </c>
-      <c r="L6" s="5">
+      <c r="M6" s="5">
         <v>45016</v>
       </c>
-      <c r="M6" s="5">
+      <c r="N6" s="5">
         <v>44926</v>
       </c>
-      <c r="N6" s="5">
+      <c r="O6" s="5">
         <v>44834</v>
       </c>
-      <c r="O6" s="5">
+      <c r="P6" s="5">
         <v>44742</v>
       </c>
-      <c r="P6" s="5">
+      <c r="Q6" s="5">
         <v>44651</v>
       </c>
-      <c r="Q6" s="5">
+      <c r="R6" s="5">
         <v>44561</v>
       </c>
-      <c r="R6" s="5">
+      <c r="S6" s="5">
         <v>44469</v>
       </c>
-      <c r="S6" s="5">
+      <c r="T6" s="5">
         <v>44377</v>
       </c>
-      <c r="T6" s="5">
+      <c r="U6" s="5">
         <v>44286</v>
       </c>
-      <c r="U6" s="5">
-[...12 lines deleted...]
-    <row r="7" spans="1:24">
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7">
+        <v>21192.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>21187.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>18164.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>17127.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>20004.0</v>
       </c>
-      <c r="F7" s="7">
+      <c r="G7" s="7">
         <v>15328.0</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H7" s="7">
         <v>13485.0</v>
       </c>
-      <c r="H7" s="7">
+      <c r="I7" s="7">
         <v>10431.0</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>10624.0</v>
       </c>
-      <c r="J7" s="7">
+      <c r="K7" s="7">
         <v>9879.0</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L7" s="7">
         <v>6750.0</v>
       </c>
-      <c r="L7" s="7">
+      <c r="M7" s="7">
         <v>3172.0</v>
       </c>
-      <c r="M7" s="7">
+      <c r="N7" s="7">
         <v>278.0</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>2872.0</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>-2028.0</v>
       </c>
-      <c r="P7" s="7">
+      <c r="Q7" s="7">
         <v>-3844.0</v>
       </c>
-      <c r="Q7" s="7">
+      <c r="R7" s="7">
         <v>14323.0</v>
       </c>
-      <c r="R7" s="7">
+      <c r="S7" s="7">
         <v>3156.0</v>
       </c>
-      <c r="S7" s="7">
+      <c r="T7" s="7">
         <v>7778.0</v>
       </c>
-      <c r="T7" s="7">
+      <c r="U7" s="7">
         <v>8107.0</v>
       </c>
-      <c r="U7" s="7">
-[...12 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="7">
+        <v>19471.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>16796.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>15227.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>14262.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>15631.0</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>13442.0</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>12038.0</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>11684.0</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>13820.0</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>12131.0</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>11589.0</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>11123.0</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>12685.0</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>10327.0</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>9716.0</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>9193.0</v>
       </c>
-      <c r="Q8" s="7">
+      <c r="R8" s="7">
         <v>9867.0</v>
       </c>
-      <c r="R8" s="7">
+      <c r="S8" s="7">
         <v>8972.0</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>8056.0</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>7538.0</v>
       </c>
-      <c r="U8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:24">
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
+        <v>4397.0</v>
+      </c>
+      <c r="C9" s="7">
         <v>4847.0</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>6534.0</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>3689.0</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>4995.0</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>5333.0</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>6722.0</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>4961.0</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>6319.0</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>5829.0</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>7127.0</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>4748.0</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>5606.0</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>5556.0</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>5209.0</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>3250.0</v>
       </c>
-      <c r="Q9" s="7">
+      <c r="R9" s="7">
         <v>3680.0</v>
       </c>
-      <c r="R9" s="7">
+      <c r="S9" s="7">
         <v>3180.0</v>
       </c>
-      <c r="S9" s="7">
+      <c r="T9" s="7">
         <v>3591.0</v>
       </c>
-      <c r="T9" s="7">
+      <c r="U9" s="7">
         <v>2306.0</v>
       </c>
-      <c r="U9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="7">
+        <v>-693.0</v>
+      </c>
+      <c r="C10" s="7">
         <v>-10112.0</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>-1258.0</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>-2817.0</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>-486.0</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>-141.0</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>-95.0</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>2734.0</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>-339.0</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>-990.0</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>47.0</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>534.0</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>3445.0</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>-1272.0</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>6104.0</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>8689.0</v>
       </c>
-      <c r="Q10" s="7">
+      <c r="R10" s="7">
         <v>-11932.0</v>
       </c>
-      <c r="R10" s="7">
+      <c r="S10" s="7">
         <v>340.0</v>
       </c>
-      <c r="S10" s="7">
+      <c r="T10" s="7">
         <v>-1258.0</v>
       </c>
-      <c r="T10" s="7">
+      <c r="U10" s="7">
         <v>-1456.0</v>
       </c>
-      <c r="U10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
+        <v>822.0</v>
+      </c>
+      <c r="C11" s="7">
         <v>10130.0</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>11.0</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>507.0</v>
       </c>
-      <c r="E11" s="7">
+      <c r="F11" s="7">
         <v>-1608.0</v>
       </c>
-      <c r="F11" s="7">
+      <c r="G11" s="7">
         <v>-1317.0</v>
       </c>
-      <c r="G11" s="7">
+      <c r="H11" s="7">
         <v>-785.0</v>
       </c>
-      <c r="H11" s="7">
+      <c r="I11" s="7">
         <v>-938.0</v>
       </c>
-      <c r="I11" s="7">
+      <c r="J11" s="7">
         <v>-1464.0</v>
       </c>
-      <c r="J11" s="7">
+      <c r="K11" s="7">
         <v>-1196.0</v>
       </c>
-      <c r="K11" s="7">
+      <c r="L11" s="7">
         <v>-2744.0</v>
       </c>
-      <c r="L11" s="7">
+      <c r="M11" s="7">
         <v>-472.0</v>
       </c>
-      <c r="M11" s="7">
+      <c r="N11" s="7">
         <v>-3367.0</v>
       </c>
-      <c r="N11" s="7">
+      <c r="O11" s="7">
         <v>-825.0</v>
       </c>
-      <c r="O11" s="7">
+      <c r="P11" s="7">
         <v>-1955.0</v>
       </c>
-      <c r="P11" s="7">
+      <c r="Q11" s="7">
         <v>-2001.0</v>
       </c>
-      <c r="Q11" s="7">
+      <c r="R11" s="7">
         <v>-3623.0</v>
       </c>
-      <c r="R11" s="7">
+      <c r="S11" s="7">
         <v>909.0</v>
       </c>
-      <c r="S11" s="7">
+      <c r="T11" s="7">
         <v>701.0</v>
       </c>
-      <c r="T11" s="7">
+      <c r="U11" s="7">
         <v>1703.0</v>
       </c>
-      <c r="U11" s="7">
-[...12 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="7">
+        <v>3101.0</v>
+      </c>
+      <c r="C12" s="7">
         <v>-827.0</v>
       </c>
-      <c r="C12" s="7">
+      <c r="D12" s="7">
         <v>-4054.0</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>-1222.0</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>934.0</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>-1509.0</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>-3085.0</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>1776.0</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>2643.0</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>808.0</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>-2373.0</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>371.0</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>3180.0</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>732.0</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>-3890.0</v>
       </c>
-      <c r="P12" s="7">
+      <c r="Q12" s="7">
         <v>-2614.0</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>-1915.0</v>
       </c>
-      <c r="R12" s="7">
+      <c r="S12" s="7">
         <v>-7059.0</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>-209.0</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>-304.0</v>
       </c>
-      <c r="U12" s="7">
-[...12 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
+        <v>-5478.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>-1977.0</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>-1125.0</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>1247.0</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>-4023.0</v>
       </c>
-      <c r="F13" s="7">
+      <c r="G13" s="7">
         <v>-701.0</v>
       </c>
-      <c r="G13" s="7">
+      <c r="H13" s="7">
         <v>-2209.0</v>
       </c>
-      <c r="H13" s="7">
+      <c r="I13" s="7">
         <v>3684.0</v>
       </c>
-      <c r="I13" s="7">
+      <c r="J13" s="7">
         <v>-7447.0</v>
       </c>
-      <c r="J13" s="7">
+      <c r="K13" s="7">
         <v>-3584.0</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L13" s="7">
         <v>-2041.0</v>
       </c>
-      <c r="L13" s="7">
+      <c r="M13" s="7">
         <v>4724.0</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N13" s="7">
         <v>-8788.0</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>-4794.0</v>
       </c>
-      <c r="O13" s="7">
+      <c r="P13" s="7">
         <v>-6799.0</v>
       </c>
-      <c r="P13" s="7">
+      <c r="Q13" s="7">
         <v>-1516.0</v>
       </c>
-      <c r="Q13" s="7">
+      <c r="R13" s="7">
         <v>-6556.0</v>
       </c>
-      <c r="R13" s="7">
+      <c r="S13" s="7">
         <v>-4890.0</v>
       </c>
-      <c r="S13" s="7">
+      <c r="T13" s="7">
         <v>-4462.0</v>
       </c>
-      <c r="T13" s="7">
+      <c r="U13" s="7">
         <v>-2255.0</v>
       </c>
-      <c r="U13" s="7">
-[...12 lines deleted...]
-    <row r="14" spans="1:24">
+    </row>
+    <row r="14" spans="1:21">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="7">
+        <v>-5220.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>-4039.0</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>-2971.0</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>-3402.0</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>-4190.0</v>
       </c>
-      <c r="F14" s="7">
+      <c r="G14" s="7">
         <v>-4537.0</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H14" s="7">
         <v>-3055.0</v>
       </c>
-      <c r="H14" s="7">
+      <c r="I14" s="7">
         <v>-2701.0</v>
       </c>
-      <c r="I14" s="7">
+      <c r="J14" s="7">
         <v>-2802.0</v>
       </c>
-      <c r="J14" s="7">
+      <c r="K14" s="7">
         <v>-3134.0</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L14" s="7">
         <v>-3126.0</v>
       </c>
-      <c r="L14" s="7">
+      <c r="M14" s="7">
         <v>-3203.0</v>
       </c>
-      <c r="M14" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="N14" s="7">
         <v>0.0</v>
       </c>
       <c r="O14" s="7">
         <v>0.0</v>
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
       <c r="T14" s="7">
         <v>0.0</v>
       </c>
       <c r="U14" s="7">
         <v>0.0</v>
       </c>
-      <c r="V14" s="7">
-[...9 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="7">
+        <v>11065.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>2151.0</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>7058.0</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>-9043.0</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>8726.0</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>-477.0</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>6005.0</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>-11282.0</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>10888.0</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>2820.0</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>3029.0</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>-11264.0</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>9852.0</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>-1226.0</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>3699.0</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>-9380.0</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="R15" s="7">
         <v>7989.0</v>
       </c>
-      <c r="R15" s="7">
+      <c r="S15" s="7">
         <v>3832.0</v>
       </c>
-      <c r="S15" s="7">
+      <c r="T15" s="7">
         <v>47.0</v>
       </c>
-      <c r="T15" s="7">
+      <c r="U15" s="7">
         <v>-8266.0</v>
       </c>
-      <c r="U15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="7">
+        <v>5993.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>-1999.0</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>-4952.0</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>-4061.0</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>4042.0</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>129.0</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>-4147.0</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>-2928.0</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>6594.0</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>-1321.0</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>-1938.0</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>-5763.0</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>5777.0</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>-20.0</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>-1412.0</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>-5903.0</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>9333.0</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>-1465.0</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>-1685.0</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>-4060.0</v>
       </c>
-      <c r="U16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:24">
+    </row>
+    <row r="17" spans="1:21">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="7">
+        <v>-191.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>-632.0</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>-119.0</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>728.0</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>1611.0</v>
       </c>
-      <c r="F17" s="7">
+      <c r="G17" s="7">
         <v>421.0</v>
       </c>
-      <c r="G17" s="7">
+      <c r="H17" s="7">
         <v>407.0</v>
       </c>
-      <c r="H17" s="7">
+      <c r="I17" s="7">
         <v>1568.0</v>
       </c>
-      <c r="I17" s="7">
+      <c r="J17" s="7">
         <v>3629.0</v>
       </c>
-      <c r="J17" s="7">
+      <c r="K17" s="7">
         <v>-25.0</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>156.0</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>818.0</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>505.0</v>
       </c>
-      <c r="N17" s="7">
+      <c r="O17" s="7">
         <v>54.0</v>
       </c>
-      <c r="O17" s="7">
+      <c r="P17" s="7">
         <v>321.0</v>
       </c>
-      <c r="P17" s="7">
+      <c r="Q17" s="7">
         <v>1336.0</v>
       </c>
-      <c r="Q17" s="7">
+      <c r="R17" s="7">
         <v>920.0</v>
       </c>
-      <c r="R17" s="7">
+      <c r="S17" s="7">
         <v>338.0</v>
       </c>
-      <c r="S17" s="7">
+      <c r="T17" s="7">
         <v>156.0</v>
       </c>
-      <c r="T17" s="7">
+      <c r="U17" s="7">
         <v>900.0</v>
       </c>
-      <c r="U17" s="7">
-[...12 lines deleted...]
-    <row r="18" spans="1:24">
+    </row>
+    <row r="18" spans="1:21">
       <c r="A18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
+        <v>9270.0</v>
+      </c>
+      <c r="C18" s="11">
         <v>-7323.0</v>
       </c>
-      <c r="C18" s="11">
+      <c r="D18" s="11">
         <v>-6163.0</v>
       </c>
-      <c r="D18" s="11">
+      <c r="E18" s="11">
         <v>-15753.0</v>
       </c>
-      <c r="E18" s="11">
+      <c r="F18" s="11">
         <v>7100.0</v>
       </c>
-      <c r="F18" s="11">
+      <c r="G18" s="11">
         <v>-6674.0</v>
       </c>
-      <c r="G18" s="11">
+      <c r="H18" s="11">
         <v>-6084.0</v>
       </c>
-      <c r="H18" s="11">
+      <c r="I18" s="11">
         <v>-9883.0</v>
       </c>
-      <c r="I18" s="11">
+      <c r="J18" s="11">
         <v>13505.0</v>
       </c>
-      <c r="J18" s="11">
+      <c r="K18" s="11">
         <v>-4436.0</v>
       </c>
-      <c r="K18" s="11">
+      <c r="L18" s="11">
         <v>-6293.0</v>
       </c>
-      <c r="L18" s="11">
+      <c r="M18" s="11">
         <v>-14317.0</v>
       </c>
-      <c r="M18" s="11">
+      <c r="N18" s="11">
         <v>10526.0</v>
       </c>
-      <c r="N18" s="11">
+      <c r="O18" s="11">
         <v>-5254.0</v>
       </c>
-      <c r="O18" s="11">
+      <c r="P18" s="11">
         <v>-8081.0</v>
       </c>
-      <c r="P18" s="11">
+      <c r="Q18" s="11">
         <v>-18077.0</v>
       </c>
-      <c r="Q18" s="11">
+      <c r="R18" s="11">
         <v>9771.0</v>
       </c>
-      <c r="R18" s="11">
+      <c r="S18" s="11">
         <v>-9244.0</v>
       </c>
-      <c r="S18" s="11">
+      <c r="T18" s="11">
         <v>-6153.0</v>
       </c>
-      <c r="T18" s="11">
+      <c r="U18" s="11">
         <v>-13985.0</v>
       </c>
-      <c r="U18" s="11">
-[...12 lines deleted...]
-    <row r="19" spans="1:24">
+    </row>
+    <row r="19" spans="1:21">
       <c r="A19" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="11">
+        <v>33267.0</v>
+      </c>
+      <c r="C19" s="11">
         <v>14338.0</v>
       </c>
-      <c r="C19" s="11">
+      <c r="D19" s="11">
         <v>14351.0</v>
       </c>
-      <c r="D19" s="11">
+      <c r="E19" s="11">
         <v>-112.0</v>
       </c>
-      <c r="E19" s="11">
+      <c r="F19" s="11">
         <v>25632.0</v>
       </c>
-      <c r="F19" s="11">
+      <c r="G19" s="11">
         <v>10643.0</v>
       </c>
-      <c r="G19" s="11">
+      <c r="H19" s="11">
         <v>11796.0</v>
       </c>
-      <c r="H19" s="11">
+      <c r="I19" s="11">
         <v>8558.0</v>
       </c>
-      <c r="I19" s="11">
+      <c r="J19" s="11">
         <v>31841.0</v>
       </c>
-      <c r="J19" s="11">
+      <c r="K19" s="11">
         <v>11338.0</v>
       </c>
-      <c r="K19" s="11">
+      <c r="L19" s="11">
         <v>9726.0</v>
       </c>
-      <c r="L19" s="11">
+      <c r="M19" s="11">
         <v>1616.0</v>
       </c>
-      <c r="M19" s="11">
+      <c r="N19" s="11">
         <v>28895.0</v>
       </c>
-      <c r="N19" s="11">
+      <c r="O19" s="11">
         <v>8532.0</v>
       </c>
-      <c r="O19" s="11">
+      <c r="P19" s="11">
         <v>10993.0</v>
       </c>
-      <c r="P19" s="11">
+      <c r="Q19" s="11">
         <v>1054.0</v>
       </c>
-      <c r="Q19" s="11">
+      <c r="R19" s="11">
         <v>7763.0</v>
       </c>
-      <c r="R19" s="11">
+      <c r="S19" s="11">
         <v>4157.0</v>
       </c>
-      <c r="S19" s="11">
+      <c r="T19" s="11">
         <v>4937.0</v>
       </c>
-      <c r="T19" s="11">
+      <c r="U19" s="11">
         <v>-3894.0</v>
       </c>
-      <c r="U19" s="11">
-[...12 lines deleted...]
-    <row r="20" spans="1:24">
+    </row>
+    <row r="20" spans="1:21">
       <c r="A20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="11">
+        <v>54459.0</v>
+      </c>
+      <c r="C20" s="11">
         <v>35525.0</v>
       </c>
-      <c r="C20" s="11">
+      <c r="D20" s="11">
         <v>32515.0</v>
       </c>
-      <c r="D20" s="11">
+      <c r="E20" s="11">
         <v>17015.0</v>
       </c>
-      <c r="E20" s="11">
+      <c r="F20" s="11">
         <v>45636.0</v>
       </c>
-      <c r="F20" s="11">
+      <c r="G20" s="11">
         <v>25971.0</v>
       </c>
-      <c r="G20" s="11">
+      <c r="H20" s="11">
         <v>25281.0</v>
       </c>
-      <c r="H20" s="11">
+      <c r="I20" s="11">
         <v>18989.0</v>
       </c>
-      <c r="I20" s="11">
+      <c r="J20" s="11">
         <v>42465.0</v>
       </c>
-      <c r="J20" s="11">
+      <c r="K20" s="11">
         <v>21217.0</v>
       </c>
-      <c r="K20" s="11">
+      <c r="L20" s="11">
         <v>16476.0</v>
       </c>
-      <c r="L20" s="11">
+      <c r="M20" s="11">
         <v>4788.0</v>
       </c>
-      <c r="M20" s="11">
+      <c r="N20" s="11">
         <v>29173.0</v>
       </c>
-      <c r="N20" s="11">
+      <c r="O20" s="11">
         <v>11404.0</v>
       </c>
-      <c r="O20" s="11">
+      <c r="P20" s="11">
         <v>8965.0</v>
       </c>
-      <c r="P20" s="11">
+      <c r="Q20" s="11">
         <v>-2790.0</v>
       </c>
-      <c r="Q20" s="11">
+      <c r="R20" s="11">
         <v>22086.0</v>
       </c>
-      <c r="R20" s="11">
+      <c r="S20" s="11">
         <v>7313.0</v>
       </c>
-      <c r="S20" s="11">
+      <c r="T20" s="11">
         <v>12715.0</v>
       </c>
-      <c r="T20" s="11">
+      <c r="U20" s="11">
         <v>4213.0</v>
       </c>
-      <c r="U20" s="11">
-[...12 lines deleted...]
-    <row r="21" spans="1:24">
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="7">
+        <v>-39522.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>-35095.0</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>-32183.0</v>
       </c>
-      <c r="D21" s="7">
+      <c r="E21" s="7">
         <v>-25019.0</v>
       </c>
-      <c r="E21" s="7">
+      <c r="F21" s="7">
         <v>-27834.0</v>
       </c>
-      <c r="F21" s="7">
+      <c r="G21" s="7">
         <v>-22620.0</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H21" s="7">
         <v>-17620.0</v>
       </c>
-      <c r="H21" s="7">
+      <c r="I21" s="7">
         <v>-14925.0</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J21" s="7">
         <v>-14588.0</v>
       </c>
-      <c r="J21" s="7">
+      <c r="K21" s="7">
         <v>-12479.0</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L21" s="7">
         <v>-11455.0</v>
       </c>
-      <c r="L21" s="7">
+      <c r="M21" s="7">
         <v>-14207.0</v>
       </c>
-      <c r="M21" s="7">
+      <c r="N21" s="7">
         <v>-16592.0</v>
       </c>
-      <c r="N21" s="7">
+      <c r="O21" s="7">
         <v>-16378.0</v>
       </c>
-      <c r="O21" s="7">
+      <c r="P21" s="7">
         <v>-15724.0</v>
       </c>
-      <c r="P21" s="7">
+      <c r="Q21" s="7">
         <v>-14951.0</v>
       </c>
-      <c r="Q21" s="7">
+      <c r="R21" s="7">
         <v>-18935.0</v>
       </c>
-      <c r="R21" s="7">
+      <c r="S21" s="7">
         <v>-15748.0</v>
       </c>
-      <c r="S21" s="7">
+      <c r="T21" s="7">
         <v>-14288.0</v>
       </c>
-      <c r="T21" s="7">
+      <c r="U21" s="7">
         <v>-12082.0</v>
       </c>
-      <c r="U21" s="7">
-[...12 lines deleted...]
-    <row r="22" spans="1:24">
+    </row>
+    <row r="22" spans="1:21">
       <c r="A22" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="7">
+        <v>1053.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>867.0</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>815.0</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>764.0</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>1782.0</v>
       </c>
-      <c r="F22" s="7">
+      <c r="G22" s="7">
         <v>1342.0</v>
       </c>
-      <c r="G22" s="7">
+      <c r="H22" s="7">
         <v>1227.0</v>
       </c>
-      <c r="H22" s="7">
+      <c r="I22" s="7">
         <v>990.0</v>
       </c>
-      <c r="I22" s="7">
+      <c r="J22" s="7">
         <v>1235.0</v>
       </c>
-      <c r="J22" s="7">
+      <c r="K22" s="7">
         <v>1181.0</v>
       </c>
-      <c r="K22" s="7">
+      <c r="L22" s="7">
         <v>1043.0</v>
       </c>
-      <c r="L22" s="7">
+      <c r="M22" s="7">
         <v>1137.0</v>
       </c>
-      <c r="M22" s="7">
+      <c r="N22" s="7">
         <v>1152.0</v>
       </c>
-      <c r="N22" s="7">
+      <c r="O22" s="7">
         <v>1337.0</v>
       </c>
-      <c r="O22" s="7">
+      <c r="P22" s="7">
         <v>1626.0</v>
       </c>
-      <c r="P22" s="7">
+      <c r="Q22" s="7">
         <v>1209.0</v>
       </c>
-      <c r="Q22" s="7">
+      <c r="R22" s="7">
         <v>2465.0</v>
       </c>
-      <c r="R22" s="7">
+      <c r="S22" s="7">
         <v>997.0</v>
       </c>
-      <c r="S22" s="7">
+      <c r="T22" s="7">
         <v>1300.0</v>
       </c>
-      <c r="T22" s="7">
+      <c r="U22" s="7">
         <v>895.0</v>
       </c>
-      <c r="U22" s="7">
-[...12 lines deleted...]
-    <row r="23" spans="1:24">
+    </row>
+    <row r="23" spans="1:21">
       <c r="A23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="7">
+        <v>-1403.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>-786.0</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>-1700.0</v>
       </c>
-      <c r="D23" s="7">
+      <c r="E23" s="7">
         <v>48.0</v>
       </c>
-      <c r="E23" s="7">
+      <c r="F23" s="7">
         <v>-2535.0</v>
       </c>
-      <c r="F23" s="7">
+      <c r="G23" s="7">
         <v>-622.0</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H23" s="7">
         <v>-571.0</v>
       </c>
-      <c r="H23" s="7">
+      <c r="I23" s="7">
         <v>-3354.0</v>
       </c>
-      <c r="I23" s="7">
+      <c r="J23" s="7">
         <v>-381.0</v>
       </c>
-      <c r="J23" s="7">
+      <c r="K23" s="7">
         <v>-1629.0</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L23" s="7">
         <v>-316.0</v>
       </c>
-      <c r="L23" s="7">
+      <c r="M23" s="7">
         <v>-3513.0</v>
       </c>
-      <c r="M23" s="7">
+      <c r="N23" s="7">
         <v>-831.0</v>
       </c>
-      <c r="N23" s="7">
+      <c r="O23" s="7">
         <v>-885.0</v>
       </c>
-      <c r="O23" s="7">
+      <c r="P23" s="7">
         <v>-259.0</v>
       </c>
-      <c r="P23" s="7">
+      <c r="Q23" s="7">
         <v>-6341.0</v>
       </c>
-      <c r="Q23" s="7">
+      <c r="R23" s="7">
         <v>-381.0</v>
       </c>
-      <c r="R23" s="7">
+      <c r="S23" s="7">
         <v>-654.0</v>
       </c>
-      <c r="S23" s="7">
+      <c r="T23" s="7">
         <v>-320.0</v>
       </c>
-      <c r="T23" s="7">
+      <c r="U23" s="7">
         <v>-630.0</v>
       </c>
-      <c r="U23" s="7">
-[...12 lines deleted...]
-    <row r="24" spans="1:24">
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="7">
+        <v>8841.0</v>
+      </c>
+      <c r="C24" s="7">
         <v>16367.0</v>
       </c>
-      <c r="C24" s="7">
+      <c r="D24" s="7">
         <v>11441.0</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>7737.0</v>
       </c>
-      <c r="E24" s="7">
+      <c r="F24" s="7">
         <v>3677.0</v>
       </c>
-      <c r="F24" s="7">
+      <c r="G24" s="7">
         <v>8069.0</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>3265.0</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>1392.0</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>1568.0</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>1393.0</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L24" s="7">
         <v>1551.0</v>
       </c>
-      <c r="L24" s="7">
+      <c r="M24" s="7">
         <v>1115.0</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>5683.0</v>
       </c>
-      <c r="N24" s="7">
+      <c r="O24" s="7">
         <v>557.0</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7">
         <v>2608.0</v>
       </c>
-      <c r="P24" s="7">
+      <c r="Q24" s="7">
         <v>22753.0</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>12537.0</v>
       </c>
-      <c r="R24" s="7">
+      <c r="S24" s="7">
         <v>15808.0</v>
       </c>
-      <c r="S24" s="7">
+      <c r="T24" s="7">
         <v>13213.0</v>
       </c>
-      <c r="T24" s="7">
+      <c r="U24" s="7">
         <v>17826.0</v>
       </c>
-      <c r="U24" s="7">
-[...12 lines deleted...]
-    <row r="25" spans="1:24">
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="7">
+        <v>-16214.0</v>
+      </c>
+      <c r="C25" s="7">
         <v>-7426.0</v>
       </c>
-      <c r="C25" s="7">
+      <c r="D25" s="7">
         <v>-17797.0</v>
       </c>
-      <c r="D25" s="7">
+      <c r="E25" s="7">
         <v>-13333.0</v>
       </c>
-      <c r="E25" s="7">
+      <c r="F25" s="7">
         <v>-12533.0</v>
       </c>
-      <c r="F25" s="7">
+      <c r="G25" s="7">
         <v>-3068.0</v>
       </c>
-      <c r="G25" s="7">
+      <c r="H25" s="7">
         <v>-8439.0</v>
       </c>
-      <c r="H25" s="7">
+      <c r="I25" s="7">
         <v>-1965.0</v>
       </c>
-      <c r="I25" s="7">
+      <c r="J25" s="7">
         <v>-435.0</v>
       </c>
-      <c r="J25" s="7">
+      <c r="K25" s="7">
         <v>-219.0</v>
       </c>
-      <c r="K25" s="7">
+      <c r="L25" s="7">
         <v>-496.0</v>
       </c>
-      <c r="L25" s="7">
+      <c r="M25" s="7">
         <v>-338.0</v>
       </c>
-      <c r="M25" s="7">
+      <c r="N25" s="7">
         <v>-233.0</v>
       </c>
-      <c r="N25" s="7">
+      <c r="O25" s="7">
         <v>-239.0</v>
       </c>
-      <c r="O25" s="7">
+      <c r="P25" s="7">
         <v>-329.0</v>
       </c>
-      <c r="P25" s="7">
+      <c r="Q25" s="7">
         <v>-1764.0</v>
       </c>
-      <c r="Q25" s="7">
+      <c r="R25" s="7">
         <v>-8266.0</v>
       </c>
-      <c r="R25" s="7">
+      <c r="S25" s="7">
         <v>-15231.0</v>
       </c>
-      <c r="S25" s="7">
+      <c r="T25" s="7">
         <v>-21985.0</v>
       </c>
-      <c r="T25" s="7">
+      <c r="U25" s="7">
         <v>-14675.0</v>
       </c>
-      <c r="U25" s="7">
-[...12 lines deleted...]
-    <row r="26" spans="1:24">
+    </row>
+    <row r="26" spans="1:21">
       <c r="A26" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="11">
+        <v>-47245.0</v>
+      </c>
+      <c r="C26" s="11">
         <v>-26073.0</v>
       </c>
-      <c r="C26" s="11">
+      <c r="D26" s="11">
         <v>-39424.0</v>
       </c>
-      <c r="D26" s="11">
+      <c r="E26" s="11">
         <v>-29803.0</v>
       </c>
-      <c r="E26" s="11">
+      <c r="F26" s="11">
         <v>-37443.0</v>
       </c>
-      <c r="F26" s="11">
+      <c r="G26" s="11">
         <v>-16899.0</v>
       </c>
-      <c r="G26" s="11">
+      <c r="H26" s="11">
         <v>-22138.0</v>
       </c>
-      <c r="H26" s="11">
+      <c r="I26" s="11">
         <v>-17862.0</v>
       </c>
-      <c r="I26" s="11">
+      <c r="J26" s="11">
         <v>-12601.0</v>
       </c>
-      <c r="J26" s="11">
+      <c r="K26" s="11">
         <v>-11753.0</v>
       </c>
-      <c r="K26" s="11">
+      <c r="L26" s="11">
         <v>-9673.0</v>
       </c>
-      <c r="L26" s="11">
+      <c r="M26" s="11">
         <v>-15806.0</v>
       </c>
-      <c r="M26" s="11">
+      <c r="N26" s="11">
         <v>-10821.0</v>
       </c>
-      <c r="N26" s="11">
+      <c r="O26" s="11">
         <v>-15608.0</v>
       </c>
-      <c r="O26" s="11">
+      <c r="P26" s="11">
         <v>-12078.0</v>
       </c>
-      <c r="P26" s="11">
+      <c r="Q26" s="11">
         <v>906.0</v>
       </c>
-      <c r="Q26" s="11">
+      <c r="R26" s="11">
         <v>-12580.0</v>
       </c>
-      <c r="R26" s="11">
+      <c r="S26" s="11">
         <v>-14828.0</v>
       </c>
-      <c r="S26" s="11">
+      <c r="T26" s="11">
         <v>-22080.0</v>
       </c>
-      <c r="T26" s="11">
+      <c r="U26" s="11">
         <v>-8666.0</v>
       </c>
-      <c r="U26" s="11">
-[...12 lines deleted...]
-    <row r="27" spans="1:24">
+    </row>
+    <row r="27" spans="1:21">
       <c r="A27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="7">
         <v>0.0</v>
       </c>
       <c r="C27" s="7">
         <v>0.0</v>
       </c>
       <c r="D27" s="7">
         <v>0.0</v>
       </c>
       <c r="E27" s="7">
         <v>0.0</v>
       </c>
       <c r="F27" s="7">
         <v>0.0</v>
       </c>
       <c r="G27" s="7">
         <v>0.0</v>
       </c>
       <c r="H27" s="7">
         <v>0.0</v>
       </c>
       <c r="I27" s="7">
         <v>0.0</v>
       </c>
       <c r="J27" s="7">
         <v>0.0</v>
       </c>
       <c r="K27" s="7">
         <v>0.0</v>
       </c>
       <c r="L27" s="7">
         <v>0.0</v>
       </c>
       <c r="M27" s="7">
         <v>0.0</v>
       </c>
       <c r="N27" s="7">
         <v>0.0</v>
       </c>
       <c r="O27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P27" s="7">
         <v>-3334.0</v>
       </c>
-      <c r="P27" s="7">
+      <c r="Q27" s="7">
         <v>-2666.0</v>
       </c>
-      <c r="Q27" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="R27" s="7">
         <v>0.0</v>
       </c>
       <c r="S27" s="7">
         <v>0.0</v>
       </c>
       <c r="T27" s="7">
         <v>0.0</v>
       </c>
       <c r="U27" s="7">
         <v>0.0</v>
       </c>
-      <c r="V27" s="7">
-[...9 lines deleted...]
-    <row r="28" spans="1:24">
+    </row>
+    <row r="28" spans="1:21">
       <c r="A28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="7">
+        <v>2189.0</v>
+      </c>
+      <c r="C28" s="7">
         <v>3223.0</v>
       </c>
-      <c r="C28" s="7">
+      <c r="D28" s="7">
         <v>2093.0</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>1815.0</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>2554.0</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>1725.0</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>525.0</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>338.0</v>
       </c>
-      <c r="I28" s="7">
+      <c r="J28" s="7">
         <v>734.0</v>
       </c>
-      <c r="J28" s="7">
+      <c r="K28" s="7">
         <v>216.0</v>
       </c>
-      <c r="K28" s="7">
+      <c r="L28" s="7">
         <v>4399.0</v>
       </c>
-      <c r="L28" s="7">
+      <c r="M28" s="7">
         <v>12780.0</v>
       </c>
-      <c r="M28" s="7">
+      <c r="N28" s="7">
         <v>10607.0</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>12338.0</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>4865.0</v>
       </c>
-      <c r="P28" s="7">
+      <c r="Q28" s="7">
         <v>13743.0</v>
       </c>
-      <c r="Q28" s="7">
+      <c r="R28" s="7">
         <v>2667.0</v>
       </c>
-      <c r="R28" s="7">
+      <c r="S28" s="7">
         <v>2187.0</v>
       </c>
-      <c r="S28" s="7">
+      <c r="T28" s="7">
         <v>1176.0</v>
       </c>
-      <c r="T28" s="7">
+      <c r="U28" s="7">
         <v>1926.0</v>
       </c>
-      <c r="U28" s="7">
-[...12 lines deleted...]
-    <row r="29" spans="1:24">
+    </row>
+    <row r="29" spans="1:21">
       <c r="A29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="7">
+        <v>-3126.0</v>
+      </c>
+      <c r="C29" s="7">
         <v>-1826.0</v>
       </c>
-      <c r="C29" s="7">
+      <c r="D29" s="7">
         <v>-1392.0</v>
       </c>
-      <c r="D29" s="7">
+      <c r="E29" s="7">
         <v>-2082.0</v>
       </c>
-      <c r="E29" s="7">
+      <c r="F29" s="7">
         <v>-2607.0</v>
       </c>
-      <c r="F29" s="7">
+      <c r="G29" s="7">
         <v>-1820.0</v>
       </c>
-      <c r="G29" s="7">
+      <c r="H29" s="7">
         <v>-229.0</v>
       </c>
-      <c r="H29" s="7">
+      <c r="I29" s="7">
         <v>-404.0</v>
       </c>
-      <c r="I29" s="7">
+      <c r="J29" s="7">
         <v>-6338.0</v>
       </c>
-      <c r="J29" s="7">
+      <c r="K29" s="7">
         <v>-8095.0</v>
       </c>
-      <c r="K29" s="7">
+      <c r="L29" s="7">
         <v>-7641.0</v>
       </c>
-      <c r="L29" s="7">
+      <c r="M29" s="7">
         <v>-3603.0</v>
       </c>
-      <c r="M29" s="7">
+      <c r="N29" s="7">
         <v>-15797.0</v>
       </c>
-      <c r="N29" s="7">
+      <c r="O29" s="7">
         <v>-7916.0</v>
       </c>
-      <c r="O29" s="7">
+      <c r="P29" s="7">
         <v>-7610.0</v>
       </c>
-      <c r="P29" s="7">
+      <c r="Q29" s="7">
         <v>-6231.0</v>
       </c>
-      <c r="Q29" s="7">
+      <c r="R29" s="7">
         <v>-2659.0</v>
       </c>
-      <c r="R29" s="7">
+      <c r="S29" s="7">
         <v>-1917.0</v>
       </c>
-      <c r="S29" s="7">
+      <c r="T29" s="7">
         <v>-1176.0</v>
       </c>
-      <c r="T29" s="7">
+      <c r="U29" s="7">
         <v>-2001.0</v>
       </c>
-      <c r="U29" s="7">
-[...12 lines deleted...]
-    <row r="30" spans="1:24">
+    </row>
+    <row r="30" spans="1:21">
       <c r="A30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="7">
-        <v>0.0</v>
+        <v>14927.0</v>
       </c>
       <c r="C30" s="7">
         <v>0.0</v>
       </c>
       <c r="D30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E30" s="7">
         <v>746.0</v>
       </c>
-      <c r="E30" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="7">
         <v>0.0</v>
       </c>
       <c r="G30" s="7">
         <v>0.0</v>
       </c>
       <c r="H30" s="7">
         <v>0.0</v>
       </c>
       <c r="I30" s="7">
         <v>0.0</v>
       </c>
       <c r="J30" s="7">
         <v>0.0</v>
       </c>
       <c r="K30" s="7">
         <v>0.0</v>
       </c>
       <c r="L30" s="7">
         <v>0.0</v>
       </c>
       <c r="M30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N30" s="7">
         <v>8235.0</v>
       </c>
-      <c r="N30" s="7">
+      <c r="O30" s="7">
         <v>107.0</v>
       </c>
-      <c r="O30" s="7">
+      <c r="P30" s="7">
         <v>12824.0</v>
       </c>
-      <c r="P30" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="Q30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R30" s="7">
         <v>200.0</v>
       </c>
-      <c r="R30" s="7">
+      <c r="S30" s="7">
         <v>176.0</v>
       </c>
-      <c r="S30" s="7">
+      <c r="T30" s="7">
         <v>18516.0</v>
       </c>
-      <c r="T30" s="7">
+      <c r="U30" s="7">
         <v>111.0</v>
       </c>
-      <c r="U30" s="7">
-[...12 lines deleted...]
-    <row r="31" spans="1:24">
+    </row>
+    <row r="31" spans="1:21">
       <c r="A31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="7">
+        <v>-1262.0</v>
+      </c>
+      <c r="C31" s="7">
         <v>-1008.0</v>
       </c>
-      <c r="C31" s="7">
+      <c r="D31" s="7">
         <v>-2751.0</v>
       </c>
-      <c r="D31" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F31" s="7">
         <v>-2500.0</v>
       </c>
-      <c r="F31" s="7">
+      <c r="G31" s="7">
         <v>-2183.0</v>
       </c>
-      <c r="G31" s="7">
+      <c r="H31" s="7">
         <v>-4169.0</v>
       </c>
-      <c r="H31" s="7">
+      <c r="I31" s="7">
         <v>-330.0</v>
       </c>
-      <c r="I31" s="7">
+      <c r="J31" s="7">
         <v>-290.0</v>
       </c>
-      <c r="J31" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="K31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L31" s="7">
         <v>-2000.0</v>
       </c>
-      <c r="L31" s="7">
+      <c r="M31" s="7">
         <v>-1386.0</v>
       </c>
-      <c r="M31" s="7">
+      <c r="N31" s="7">
         <v>-1257.0</v>
       </c>
-      <c r="N31" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P31" s="7">
         <v>-1.0</v>
       </c>
-      <c r="P31" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R31" s="7">
         <v>-1001.0</v>
       </c>
-      <c r="R31" s="7">
+      <c r="S31" s="7">
         <v>-509.0</v>
       </c>
-      <c r="S31" s="7">
+      <c r="T31" s="7">
         <v>-41.0</v>
       </c>
-      <c r="T31" s="7">
+      <c r="U31" s="7">
         <v>-39.0</v>
       </c>
-      <c r="U31" s="7">
-[...12 lines deleted...]
-    <row r="32" spans="1:24">
+    </row>
+    <row r="32" spans="1:21">
       <c r="A32" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="7">
+        <v>-385.0</v>
+      </c>
+      <c r="C32" s="7">
         <v>-351.0</v>
       </c>
-      <c r="C32" s="7">
+      <c r="D32" s="7">
         <v>-411.0</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>-410.0</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>-333.0</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>-402.0</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>-538.0</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>-770.0</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>-779.0</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>-1005.0</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>-1220.0</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>-1380.0</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>-1640.0</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>-1465.0</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>-2059.0</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>-2777.0</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>-2260.0</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>-2693.0</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>-2804.0</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>-3406.0</v>
       </c>
-      <c r="U32" s="7">
-[...12 lines deleted...]
-    <row r="33" spans="1:24">
+    </row>
+    <row r="33" spans="1:21">
       <c r="A33" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="7">
+        <v>-52.0</v>
+      </c>
+      <c r="C33" s="7">
         <v>-82.0</v>
       </c>
-      <c r="C33" s="7">
+      <c r="D33" s="7">
         <v>-78.0</v>
       </c>
-      <c r="D33" s="7">
+      <c r="E33" s="7">
         <v>-116.0</v>
       </c>
-      <c r="E33" s="7">
+      <c r="F33" s="7">
         <v>-422.0</v>
       </c>
-      <c r="F33" s="7">
+      <c r="G33" s="7">
         <v>-78.0</v>
       </c>
-      <c r="G33" s="7">
+      <c r="H33" s="7">
         <v>-79.0</v>
       </c>
-      <c r="H33" s="7">
+      <c r="I33" s="7">
         <v>-90.0</v>
       </c>
-      <c r="I33" s="7">
+      <c r="J33" s="7">
         <v>-73.0</v>
       </c>
-      <c r="J33" s="7">
+      <c r="K33" s="7">
         <v>-64.0</v>
       </c>
-      <c r="K33" s="7">
+      <c r="L33" s="7">
         <v>-77.0</v>
       </c>
-      <c r="L33" s="7">
+      <c r="M33" s="7">
         <v>-57.0</v>
       </c>
-      <c r="M33" s="7">
+      <c r="N33" s="7">
         <v>-62.0</v>
       </c>
-      <c r="N33" s="7">
+      <c r="O33" s="7">
         <v>-48.0</v>
       </c>
-      <c r="O33" s="7">
+      <c r="P33" s="7">
         <v>-59.0</v>
       </c>
-      <c r="P33" s="7">
+      <c r="Q33" s="7">
         <v>-79.0</v>
       </c>
-      <c r="Q33" s="7">
+      <c r="R33" s="7">
         <v>-47.0</v>
       </c>
-      <c r="R33" s="7">
+      <c r="S33" s="7">
         <v>-20.0</v>
       </c>
-      <c r="S33" s="7">
+      <c r="T33" s="7">
         <v>-28.0</v>
       </c>
-      <c r="T33" s="7">
+      <c r="U33" s="7">
         <v>-67.0</v>
       </c>
-      <c r="U33" s="7">
-[...12 lines deleted...]
-    <row r="34" spans="1:24">
+    </row>
+    <row r="34" spans="1:21">
       <c r="A34" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="11">
+        <v>12291.0</v>
+      </c>
+      <c r="C34" s="11">
         <v>-44.0</v>
       </c>
-      <c r="C34" s="11">
+      <c r="D34" s="11">
         <v>-2539.0</v>
       </c>
-      <c r="D34" s="11">
+      <c r="E34" s="11">
         <v>-47.0</v>
       </c>
-      <c r="E34" s="11">
+      <c r="F34" s="11">
         <v>-3308.0</v>
       </c>
-      <c r="F34" s="11">
+      <c r="G34" s="11">
         <v>-2758.0</v>
       </c>
-      <c r="G34" s="11">
+      <c r="H34" s="11">
         <v>-4490.0</v>
       </c>
-      <c r="H34" s="11">
+      <c r="I34" s="11">
         <v>-1256.0</v>
       </c>
-      <c r="I34" s="11">
+      <c r="J34" s="11">
         <v>-6746.0</v>
       </c>
-      <c r="J34" s="11">
+      <c r="K34" s="11">
         <v>-8948.0</v>
       </c>
-      <c r="K34" s="11">
+      <c r="L34" s="11">
         <v>-6539.0</v>
       </c>
-      <c r="L34" s="11">
+      <c r="M34" s="11">
         <v>6354.0</v>
       </c>
-      <c r="M34" s="11">
+      <c r="N34" s="11">
         <v>86.0</v>
       </c>
-      <c r="N34" s="11">
+      <c r="O34" s="11">
         <v>3016.0</v>
       </c>
-      <c r="O34" s="11">
+      <c r="P34" s="11">
         <v>4626.0</v>
       </c>
-      <c r="P34" s="11">
+      <c r="Q34" s="11">
         <v>1990.0</v>
       </c>
-      <c r="Q34" s="11">
+      <c r="R34" s="11">
         <v>-3100.0</v>
       </c>
-      <c r="R34" s="11">
+      <c r="S34" s="11">
         <v>-2776.0</v>
       </c>
-      <c r="S34" s="11">
+      <c r="T34" s="11">
         <v>15643.0</v>
       </c>
-      <c r="T34" s="11">
+      <c r="U34" s="11">
         <v>-3476.0</v>
       </c>
-      <c r="U34" s="11">
-[...12 lines deleted...]
-    <row r="35" spans="1:24">
+    </row>
+    <row r="35" spans="1:21">
       <c r="A35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="7">
+        <v>137.0</v>
+      </c>
+      <c r="C35" s="7">
         <v>-397.0</v>
       </c>
-      <c r="C35" s="7">
+      <c r="D35" s="7">
         <v>1008.0</v>
       </c>
-      <c r="D35" s="7">
+      <c r="E35" s="7">
         <v>416.0</v>
       </c>
-      <c r="E35" s="7">
+      <c r="F35" s="7">
         <v>-1250.0</v>
       </c>
-      <c r="F35" s="7">
+      <c r="G35" s="7">
         <v>690.0</v>
       </c>
-      <c r="G35" s="7">
+      <c r="H35" s="7">
         <v>-312.0</v>
       </c>
-      <c r="H35" s="7">
+      <c r="I35" s="7">
         <v>-429.0</v>
       </c>
-      <c r="I35" s="7">
+      <c r="J35" s="7">
         <v>691.0</v>
       </c>
-      <c r="J35" s="7">
+      <c r="K35" s="7">
         <v>-502.0</v>
       </c>
-      <c r="K35" s="7">
+      <c r="L35" s="7">
         <v>69.0</v>
       </c>
-      <c r="L35" s="7">
+      <c r="M35" s="7">
         <v>145.0</v>
       </c>
-      <c r="M35" s="7">
+      <c r="N35" s="7">
         <v>637.0</v>
       </c>
-      <c r="N35" s="7">
+      <c r="O35" s="7">
         <v>-1334.0</v>
       </c>
-      <c r="O35" s="7">
+      <c r="P35" s="7">
         <v>-412.0</v>
       </c>
-      <c r="P35" s="7">
+      <c r="Q35" s="7">
         <v>16.0</v>
       </c>
-      <c r="Q35" s="7">
+      <c r="R35" s="7">
         <v>-106.0</v>
       </c>
-      <c r="R35" s="7">
+      <c r="S35" s="7">
         <v>-199.0</v>
       </c>
-      <c r="S35" s="7">
+      <c r="T35" s="7">
         <v>234.0</v>
       </c>
-      <c r="T35" s="7">
+      <c r="U35" s="7">
         <v>-293.0</v>
       </c>
-      <c r="U35" s="7">
-[...12 lines deleted...]
-    <row r="36" spans="1:24">
+    </row>
+    <row r="36" spans="1:21">
       <c r="A36" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="11">
+        <v>19642.0</v>
+      </c>
+      <c r="C36" s="11">
         <v>9011.0</v>
       </c>
-      <c r="C36" s="11">
+      <c r="D36" s="11">
         <v>-8440.0</v>
       </c>
-      <c r="D36" s="11">
+      <c r="E36" s="11">
         <v>-12419.0</v>
       </c>
-      <c r="E36" s="11">
+      <c r="F36" s="11">
         <v>3635.0</v>
       </c>
-      <c r="F36" s="11">
+      <c r="G36" s="11">
         <v>7004.0</v>
       </c>
-      <c r="G36" s="11">
+      <c r="H36" s="11">
         <v>-1659.0</v>
       </c>
-      <c r="H36" s="11">
+      <c r="I36" s="11">
         <v>-558.0</v>
       </c>
-      <c r="I36" s="11">
+      <c r="J36" s="11">
         <v>23809.0</v>
       </c>
-      <c r="J36" s="11">
+      <c r="K36" s="11">
         <v>14.0</v>
       </c>
-      <c r="K36" s="11">
+      <c r="L36" s="11">
         <v>333.0</v>
       </c>
-      <c r="L36" s="11">
+      <c r="M36" s="11">
         <v>-4519.0</v>
       </c>
-      <c r="M36" s="11">
+      <c r="N36" s="11">
         <v>19075.0</v>
       </c>
-      <c r="N36" s="11">
+      <c r="O36" s="11">
         <v>-2522.0</v>
       </c>
-      <c r="O36" s="11">
+      <c r="P36" s="11">
         <v>1101.0</v>
       </c>
-      <c r="P36" s="11">
+      <c r="Q36" s="11">
         <v>122.0</v>
       </c>
-      <c r="Q36" s="11">
+      <c r="R36" s="11">
         <v>6300.0</v>
       </c>
-      <c r="R36" s="11">
+      <c r="S36" s="11">
         <v>-10490.0</v>
       </c>
-      <c r="S36" s="11">
+      <c r="T36" s="11">
         <v>6512.0</v>
       </c>
-      <c r="T36" s="11">
+      <c r="U36" s="11">
         <v>-8222.0</v>
       </c>
-      <c r="U36" s="11">
-[...12 lines deleted...]
-    <row r="37" spans="1:24">
+    </row>
+    <row r="37" spans="1:21">
       <c r="A37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="15"/>
       <c r="C37" s="15"/>
       <c r="D37" s="15"/>
       <c r="E37" s="15"/>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15"/>
       <c r="L37" s="15"/>
       <c r="M37" s="15"/>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" s="15"/>
       <c r="S37" s="15"/>
       <c r="T37" s="15"/>
       <c r="U37" s="15"/>
-      <c r="V37" s="15"/>
-[...1 lines deleted...]
-      <c r="X37" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">