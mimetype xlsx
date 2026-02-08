--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -543,363 +543,363 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>86810.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>78779.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>73387.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>53888.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>36220.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>42122.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>36219.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>22423.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>13393.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>16138.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>59829.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>42274.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
+        <v>38325.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>34214.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>33318.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>34405.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>32640.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>23795.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="6">
+        <v>40400.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>34300.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>34100.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>26600.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>20200.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>14800.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
+        <v>15900.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>11600.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>8500.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>6900.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>5300.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4800.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="6">
+        <v>4500.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>3400.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>4300.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>4400.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>1000.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>381.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
+        <v>6929.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>6151.0</v>
       </c>
-      <c r="C12" s="6">
+      <c r="D12" s="6">
         <v>5353.0</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E12" s="6">
         <v>4460.0</v>
       </c>
-      <c r="E12" s="6">
+      <c r="F12" s="6">
         <v>6391.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4561.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="9">
+        <v>67729.0</v>
+      </c>
+      <c r="C13" s="9">
         <v>55451.0</v>
       </c>
-      <c r="C13" s="9">
+      <c r="D13" s="9">
         <v>52253.0</v>
       </c>
-      <c r="D13" s="9">
+      <c r="E13" s="9">
         <v>42360.0</v>
       </c>
-      <c r="E13" s="9">
+      <c r="F13" s="9">
         <v>32891.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>24542.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9">
+        <v>229083.0</v>
+      </c>
+      <c r="C14" s="9">
         <v>190867.0</v>
       </c>
-      <c r="C14" s="9">
+      <c r="D14" s="9">
         <v>172351.0</v>
       </c>
-      <c r="D14" s="9">
+      <c r="E14" s="9">
         <v>146791.0</v>
       </c>
-      <c r="E14" s="9">
+      <c r="F14" s="9">
         <v>161580.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>132733.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="6">
+        <v>357025.0</v>
+      </c>
+      <c r="C15" s="6">
         <v>252665.0</v>
       </c>
-      <c r="C15" s="6">
+      <c r="D15" s="6">
         <v>204177.0</v>
       </c>
-      <c r="D15" s="6">
+      <c r="E15" s="6">
         <v>186715.0</v>
       </c>
-      <c r="E15" s="6">
+      <c r="F15" s="6">
         <v>160281.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>113114.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="6">
+        <v>86054.0</v>
+      </c>
+      <c r="C16" s="6">
         <v>76141.0</v>
       </c>
-      <c r="C16" s="6">
+      <c r="D16" s="6">
         <v>72513.0</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>66123.0</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>56082.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>37553.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="6">
+        <v>23273.0</v>
+      </c>
+      <c r="C17" s="6">
         <v>23074.0</v>
       </c>
-      <c r="C17" s="6">
+      <c r="D17" s="6">
         <v>22789.0</v>
       </c>
-      <c r="D17" s="6">
+      <c r="E17" s="6">
         <v>20288.0</v>
       </c>
-      <c r="E17" s="6">
+      <c r="F17" s="6">
         <v>15371.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>15017.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="6">
+        <v>122607.0</v>
+      </c>
+      <c r="C18" s="6">
         <v>82147.0</v>
       </c>
-      <c r="C18" s="6">
+      <c r="D18" s="6">
         <v>56024.0</v>
       </c>
-      <c r="D18" s="6">
+      <c r="E18" s="6">
         <v>42758.0</v>
       </c>
-      <c r="E18" s="6">
+      <c r="F18" s="6">
         <v>27235.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>22778.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="9">
+        <v>588959.0</v>
+      </c>
+      <c r="C19" s="9">
         <v>434027.0</v>
       </c>
-      <c r="C19" s="9">
+      <c r="D19" s="9">
         <v>355503.0</v>
       </c>
-      <c r="D19" s="9">
+      <c r="E19" s="9">
         <v>315884.0</v>
       </c>
-      <c r="E19" s="9">
+      <c r="F19" s="9">
         <v>258969.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>188462.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="9">
+        <v>818042.0</v>
+      </c>
+      <c r="C20" s="9">
         <v>624894.0</v>
       </c>
-      <c r="C20" s="9">
+      <c r="D20" s="9">
         <v>527854.0</v>
       </c>
-      <c r="D20" s="9">
+      <c r="E20" s="9">
         <v>462675.0</v>
       </c>
-      <c r="E20" s="9">
+      <c r="F20" s="9">
         <v>420549.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>321195.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>