--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1405,51 +1405,51 @@
       </c>
       <c r="L23" s="10">
         <v>6.38</v>
       </c>
       <c r="M23" s="10">
         <v>8.050000000000001</v>
       </c>
       <c r="N23" s="10">
         <v>7.0</v>
       </c>
       <c r="O23" s="10">
         <v>10.74</v>
       </c>
       <c r="P23" s="10">
         <v>11.35</v>
       </c>
       <c r="Q23" s="10">
         <v>18.72</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
-        <v>0.0</v>
+        <v>12.35</v>
       </c>
       <c r="C24" s="10">
         <v>9.41</v>
       </c>
       <c r="D24" s="10">
         <v>10.61</v>
       </c>
       <c r="E24" s="10">
         <v>8.98</v>
       </c>
       <c r="F24" s="10">
         <v>9.86</v>
       </c>
       <c r="G24" s="10">
         <v>10.66</v>
       </c>
       <c r="H24" s="10">
         <v>10.52</v>
       </c>
       <c r="I24" s="10">
         <v>9.37</v>
       </c>
       <c r="J24" s="10">
         <v>8.57</v>
       </c>