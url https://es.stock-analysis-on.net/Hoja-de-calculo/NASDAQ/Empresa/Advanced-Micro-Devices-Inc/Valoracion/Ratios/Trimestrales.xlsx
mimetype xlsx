--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1799,51 +1799,51 @@
       </c>
       <c r="L23" s="7">
         <v>11.92</v>
       </c>
       <c r="M23" s="7">
         <v>12.87</v>
       </c>
       <c r="N23" s="7">
         <v>9.75</v>
       </c>
       <c r="O23" s="7">
         <v>13.4</v>
       </c>
       <c r="P23" s="7">
         <v>13.56</v>
       </c>
       <c r="Q23" s="7">
         <v>21.24</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>40.19</v>
       </c>
       <c r="C24" s="7">
         <v>31.02</v>
       </c>
       <c r="D24" s="7">
         <v>34.52</v>
       </c>
       <c r="E24" s="7">
         <v>30.23</v>
       </c>
       <c r="F24" s="7">
         <v>34.72</v>
       </c>
       <c r="G24" s="7">
         <v>37.07</v>
       </c>
       <c r="H24" s="7">
         <v>34.079999999999998</v>
       </c>
       <c r="I24" s="7">
         <v>26.94</v>
       </c>
       <c r="J24" s="7">
         <v>22.24</v>
       </c>
@@ -2724,51 +2724,51 @@
       </c>
       <c r="L23" s="7">
         <v>9.9</v>
       </c>
       <c r="M23" s="7">
         <v>10.47</v>
       </c>
       <c r="N23" s="7">
         <v>7.95</v>
       </c>
       <c r="O23" s="7">
         <v>11.41</v>
       </c>
       <c r="P23" s="7">
         <v>11.8</v>
       </c>
       <c r="Q23" s="7">
         <v>19.059999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>33.37</v>
       </c>
       <c r="C24" s="7">
         <v>26.4</v>
       </c>
       <c r="D24" s="7">
         <v>29.91</v>
       </c>
       <c r="E24" s="7">
         <v>26.77</v>
       </c>
       <c r="F24" s="7">
         <v>30.49</v>
       </c>
       <c r="G24" s="7">
         <v>32.74</v>
       </c>
       <c r="H24" s="7">
         <v>30.38</v>
       </c>
       <c r="I24" s="7">
         <v>23.82</v>
       </c>
       <c r="J24" s="7">
         <v>19.75</v>
       </c>
@@ -3649,51 +3649,51 @@
       </c>
       <c r="L23" s="7">
         <v>3.06</v>
       </c>
       <c r="M23" s="7">
         <v>3.53</v>
       </c>
       <c r="N23" s="7">
         <v>2.85</v>
       </c>
       <c r="O23" s="7">
         <v>4.09</v>
       </c>
       <c r="P23" s="7">
         <v>3.85</v>
       </c>
       <c r="Q23" s="7">
         <v>5.89</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>11.37</v>
       </c>
       <c r="C24" s="7">
         <v>9.06</v>
       </c>
       <c r="D24" s="7">
         <v>10.43</v>
       </c>
       <c r="E24" s="7">
         <v>9.18</v>
       </c>
       <c r="F24" s="7">
         <v>10.65</v>
       </c>
       <c r="G24" s="7">
         <v>11.71</v>
       </c>
       <c r="H24" s="7">
         <v>11.25</v>
       </c>
       <c r="I24" s="7">
         <v>9.47</v>
       </c>
       <c r="J24" s="7">
         <v>8.26</v>
       </c>
@@ -4574,51 +4574,51 @@
       </c>
       <c r="L23" s="7">
         <v>6.38</v>
       </c>
       <c r="M23" s="7">
         <v>8.050000000000001</v>
       </c>
       <c r="N23" s="7">
         <v>7.0</v>
       </c>
       <c r="O23" s="7">
         <v>10.74</v>
       </c>
       <c r="P23" s="7">
         <v>11.35</v>
       </c>
       <c r="Q23" s="7">
         <v>18.72</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
-        <v>0.0</v>
+        <v>12.35</v>
       </c>
       <c r="C24" s="7">
         <v>9.41</v>
       </c>
       <c r="D24" s="7">
         <v>10.61</v>
       </c>
       <c r="E24" s="7">
         <v>8.98</v>
       </c>
       <c r="F24" s="7">
         <v>9.86</v>
       </c>
       <c r="G24" s="7">
         <v>10.66</v>
       </c>
       <c r="H24" s="7">
         <v>10.52</v>
       </c>
       <c r="I24" s="7">
         <v>9.37</v>
       </c>
       <c r="J24" s="7">
         <v>8.57</v>
       </c>