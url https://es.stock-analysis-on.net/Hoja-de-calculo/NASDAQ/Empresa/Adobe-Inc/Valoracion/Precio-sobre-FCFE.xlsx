--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -943,220 +943,220 @@
       <c r="A5" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="6">
         <v>10349.0</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="13">
         <v>25.21</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="13">
-        <v>269.38999999999999</v>
+        <v>268.38</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="14">
-        <v>10.69</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="1" ht="34.8">
       <c r="A11" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="13">
-        <v>9.58</v>
+        <v>9.87</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="13">
-        <v>52.24</v>
+        <v>56.63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="13">
-        <v>25.0</v>
+        <v>26.24</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="13">
-        <v>89.040000000000006</v>
+        <v>93.36</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B17" s="13">
-        <v>24.77</v>
+        <v>25.92</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="13">
-        <v>23.69</v>
+        <v>24.43</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="13">
-        <v>20.14</v>
+        <v>20.55</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="13">
-        <v>46.66</v>
+        <v>47.55</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="13">
-        <v>75.38</v>
+        <v>78.88</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="13">
-        <v>271.51999999999998</v>
+        <v>283.81999999999999</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="13">
-        <v>43.079999999999998</v>
+        <v>44.34</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="13">
-        <v>16.43</v>
+        <v>16.55</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="16" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="13">
-        <v>23.68</v>
+        <v>23.25</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B26" s="13">
-        <v>5.3</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="13">
-        <v>19.07</v>
+        <v>19.57</v>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="1" ht="28.8">
       <c r="A28" s="15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="16" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="13">
-        <v>35.73</v>
+        <v>36.63</v>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="1" ht="28.8">
       <c r="A30" s="15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="13">
-        <v>47.99</v>
+        <v>49.96</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G33" sqref="G33"/>
     </sheetView>